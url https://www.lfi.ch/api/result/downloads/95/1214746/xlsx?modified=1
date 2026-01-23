--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen) · Hauptbaumart</t>
+    <t>diametro a petto d'uomo (10 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Schutzwaldregion</t>
+    <t>regione dei boschi di protezione</t>
   </si>
   <si>
-    <t>Jura + Mittelland</t>
+    <t>Giura/Altopiano</t>
   </si>
   <si>
-    <t>Nordalpen West</t>
+    <t>Alpi nordoccidentali</t>
   </si>
   <si>
-    <t>Nordalpen Ost</t>
+    <t>Alpi nordorientali</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Alpi sudoccidentali</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Alpi sudorientali</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen)</t>
+    <t>diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214746/396495</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,52 +801,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -9638,270 +9638,270 @@
         <v>30.2</v>
       </c>
       <c r="N192" s="6">
         <v>4</v>
       </c>
       <c r="O192" s="6">
         <v>31.1</v>
       </c>
       <c r="P192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214746/396495</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
       <c r="M193" s="3"/>
       <c r="N193" s="3"/>
       <c r="O193" s="3"/>
       <c r="P193" s="3"/>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>