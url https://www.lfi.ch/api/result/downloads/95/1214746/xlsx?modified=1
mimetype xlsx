--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>area basimetrica</t>
+    <t>basal area</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (10 classi) · specie arborea principale</t>
+    <t>diameter at breast height (10 classes) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione dei boschi di protezione</t>
+    <t>protection forest region</t>
   </si>
   <si>
-    <t>Giura/Altopiano</t>
+    <t>Jura + Plateau</t>
   </si>
   <si>
-    <t>Alpi nordoccidentali</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpi nordorientali</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpi sudoccidentali</t>
+    <t xml:space="preserve">Southwestern Alps </t>
   </si>
   <si>
-    <t>Alpi sudorientali</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (10 classi)</t>
+    <t>diameter at breast height (10 classes)</t>
   </si>
   <si>
-    <t>specie arborea principale</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>abete bianco</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>pino</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>larice</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>cembro</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>faggio</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>acero</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>frassino</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>quercia</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>castagno</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214746/396495</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
+      <t xml:space="preserve">diameter at breast height (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,52 +801,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -9638,270 +9638,270 @@
         <v>30.2</v>
       </c>
       <c r="N192" s="6">
         <v>4</v>
       </c>
       <c r="O192" s="6">
         <v>31.1</v>
       </c>
       <c r="P192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214746/396495</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
       <c r="M193" s="3"/>
       <c r="N193" s="3"/>
       <c r="O193" s="3"/>
       <c r="P193" s="3"/>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
+            <t xml:space="preserve">diameter at breast height (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>