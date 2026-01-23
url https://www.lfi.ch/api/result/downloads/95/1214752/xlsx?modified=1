--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes) · main tree species</t>
+    <t>Brusthöhendurchmesser (10 Klassen) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>biogeographical region</t>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Mittelland</t>
   </si>
   <si>
-    <t>Northern Alps</t>
+    <t>Alpennordflanke</t>
   </si>
   <si>
-    <t>Western Central-Alps</t>
+    <t>Westliche Zentralalpen</t>
   </si>
   <si>
-    <t>Eastern Central-Alps</t>
+    <t>Östliche Zentralalpen</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdflanke</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes)</t>
+    <t>Brusthöhendurchmesser (10 Klassen)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214752/396501</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,52 +801,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -9638,270 +9638,270 @@
         <v>29.9</v>
       </c>
       <c r="N192" s="6">
         <v>4</v>
       </c>
       <c r="O192" s="6">
         <v>31.1</v>
       </c>
       <c r="P192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214752/396501</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
       <c r="M193" s="3"/>
       <c r="N193" s="3"/>
       <c r="O193" s="3"/>
       <c r="P193" s="3"/>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>