--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen) · Hauptbaumart</t>
+    <t>diametro a petto d'uomo (10 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>biogeografische Region</t>
+    <t>regione biogeografica</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Mittelland</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Alpennordflanke</t>
+    <t>Versante nord delle Alpi</t>
   </si>
   <si>
-    <t>Westliche Zentralalpen</t>
+    <t>Alpi centrali occidentali</t>
   </si>
   <si>
-    <t>Östliche Zentralalpen</t>
+    <t>Alpi centrali orientali</t>
   </si>
   <si>
-    <t>Alpensüdflanke</t>
+    <t>Versante sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen)</t>
+    <t>diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214752/396501</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,52 +801,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -9638,270 +9638,270 @@
         <v>29.9</v>
       </c>
       <c r="N192" s="6">
         <v>4</v>
       </c>
       <c r="O192" s="6">
         <v>31.1</v>
       </c>
       <c r="P192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214752/396501</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
       <c r="M193" s="3"/>
       <c r="N193" s="3"/>
       <c r="O193" s="3"/>
       <c r="P193" s="3"/>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>