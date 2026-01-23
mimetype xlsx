--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,454 +14,454 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Hauptbaumart</t>
+    <t>fasce vegetazionali NaiS (6 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Wirtschaftsregion</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Jura West</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Jura Ost</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Mittelland West</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Mittelland Mitte</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Mittelland Ost</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Voralpen West</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Voralpen Mitte</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Voralpen Ost</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Alpen Nordwest</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Alpen Mitte</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Alpen Nordost</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215014/396763</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -12634,51 +12634,51 @@
         <v>33.8</v>
       </c>
       <c r="AD132" s="6">
         <v>4</v>
       </c>
       <c r="AE132" s="6">
         <v>32.4</v>
       </c>
       <c r="AF132" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:32" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215014/396763</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -12694,226 +12694,226 @@
       <c r="V133" s="3"/>
       <c r="W133" s="3"/>
       <c r="X133" s="3"/>
       <c r="Y133" s="3"/>
       <c r="Z133" s="3"/>
       <c r="AA133" s="3"/>
       <c r="AB133" s="3"/>
       <c r="AC133" s="3"/>
       <c r="AD133" s="3"/>
       <c r="AE133" s="3"/>
       <c r="AF133" s="3"/>
     </row>
     <row r="136" spans="1:32">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:32" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="139" spans="1:32">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:32" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="142" spans="1:32">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:32" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="145" spans="1:32">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:32" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="148" spans="1:32">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:32" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:32">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:32" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>