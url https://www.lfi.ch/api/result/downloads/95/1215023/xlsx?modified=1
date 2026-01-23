--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,427 +14,427 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>basal area</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Hauptbaumart</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Produktionsregion</t>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Voralpen</t>
+    <t>Pre-Alps</t>
   </si>
   <si>
-    <t>Alpen</t>
+    <t>Alps</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>upper subalpine</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>high-montane</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>lower and upper montane</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontane</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215023/396772</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,52 +786,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -6001,268 +6001,268 @@
         <v>33.8</v>
       </c>
       <c r="L132" s="6">
         <v>4</v>
       </c>
       <c r="M132" s="6">
         <v>32.4</v>
       </c>
       <c r="N132" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:14" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215023/396772</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:14" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:14" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:14" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:14" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:14" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:14" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>