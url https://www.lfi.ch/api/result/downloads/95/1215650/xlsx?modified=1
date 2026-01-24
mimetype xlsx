--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di mescolanza</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of woody species (≥40 cm high)</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>pure conifer forest</t>
+  </si>
+  <si>
+    <t>mixed conifer forest</t>
+  </si>
+  <si>
+    <t>mixed broadleaf forest</t>
+  </si>
+  <si>
+    <t>pure broadleaf forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215650/397399</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
+      <t xml:space="preserve">number of woody species (≥40 cm high)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Numero di specie di alberi e di arbusti nel cerchio di 2 are, presenti con almeno un individuo di almeno 40 cm di altezza.</t>
+    <t>Number of species of trees and shrubs that occur within the 200 m² circle on the sample plot with at least one living individual ≥40 cm high.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di mescolanza</t>
+      <t xml:space="preserve">degree of mixture (terrestrial)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
+    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1155,235 +1155,235 @@
         <v>4.7</v>
       </c>
       <c r="M18" s="6">
         <v>3</v>
       </c>
       <c r="N18" s="6">
         <v>6.7</v>
       </c>
       <c r="O18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215650/397399</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
+            <t xml:space="preserve">number of woody species (≥40 cm high)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di mescolanza</t>
+            <t xml:space="preserve">degree of mixture (terrestrial)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>