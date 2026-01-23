--- v0 (2025-11-19)
+++ v1 (2026-01-23)
@@ -14,365 +14,365 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Waldformationen (10 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di specie legnose (da 40 cm d'altezza)</t>
+  </si>
+  <si>
+    <t>formazioni forestali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Stk.</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Buchenwälder</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>faggete</t>
+  </si>
+  <si>
+    <t>abieti-faggete</t>
+  </si>
+  <si>
+    <t>altri boschi di latifoglie</t>
+  </si>
+  <si>
+    <t>boschi di abete bianco e abete rosso</t>
+  </si>
+  <si>
+    <t>peccete</t>
+  </si>
+  <si>
+    <t>cembrete e lariceti</t>
+  </si>
+  <si>
+    <t>pinete</t>
+  </si>
+  <si>
+    <t>boschi pionieri</t>
+  </si>
+  <si>
+    <t>arbusteti*</t>
+  </si>
+  <si>
+    <t>non bosco*</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215735/397484</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+      <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten, die im 2-Aren-Probekreis mit mindestens einem lebenden Individuum ab 40 cm Höhe vertreten sind.</t>
+    <t>Numero di specie di alberi e di arbusti nel cerchio di 2 are, presenti con almeno un individuo di almeno 40 cm di altezza.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
+    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -724,62 +724,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1369,233 +1369,233 @@
         <v>4.8</v>
       </c>
       <c r="K24" s="6">
         <v>3</v>
       </c>
       <c r="L24" s="6">
         <v>6.9</v>
       </c>
       <c r="M24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215735/397484</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+            <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>