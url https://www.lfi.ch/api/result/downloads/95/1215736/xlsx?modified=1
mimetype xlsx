--- v0 (2025-11-19)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Waldformationen (10 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di specie legnose (da 40 cm d'altezza)</t>
+  </si>
+  <si>
+    <t>formazioni forestali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,267 +172,267 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>Stk.</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Buchenwälder</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>faggete</t>
+  </si>
+  <si>
+    <t>abieti-faggete</t>
+  </si>
+  <si>
+    <t>altri boschi di latifoglie</t>
+  </si>
+  <si>
+    <t>boschi di abete bianco e abete rosso</t>
+  </si>
+  <si>
+    <t>peccete</t>
+  </si>
+  <si>
+    <t>cembrete e lariceti</t>
+  </si>
+  <si>
+    <t>pinete</t>
+  </si>
+  <si>
+    <t>boschi pionieri</t>
+  </si>
+  <si>
+    <t>arbusteti*</t>
+  </si>
+  <si>
+    <t>non bosco*</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215736/397485</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+      <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten, die im 2-Aren-Probekreis mit mindestens einem lebenden Individuum ab 40 cm Höhe vertreten sind.</t>
+    <t>Numero di specie di alberi e di arbusti nel cerchio di 2 are, presenti con almeno un individuo di almeno 40 cm di altezza.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
+    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -784,102 +784,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -3149,51 +3149,51 @@
         <v>9.6</v>
       </c>
       <c r="AY24" s="6">
         <v>4</v>
       </c>
       <c r="AZ24" s="6">
         <v>6.7</v>
       </c>
       <c r="BA24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215736/397485</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -3231,191 +3231,191 @@
       <c r="AQ25" s="3"/>
       <c r="AR25" s="3"/>
       <c r="AS25" s="3"/>
       <c r="AT25" s="3"/>
       <c r="AU25" s="3"/>
       <c r="AV25" s="3"/>
       <c r="AW25" s="3"/>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="3"/>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+            <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>