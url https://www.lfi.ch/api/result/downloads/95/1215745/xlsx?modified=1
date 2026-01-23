--- v0 (2025-11-19)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Waldformationen (10 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di specie legnose (da 40 cm d'altezza)</t>
+  </si>
+  <si>
+    <t>formazioni forestali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...33 lines deleted...]
-    <t>Stk.</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...14 lines deleted...]
-    <t>Fichtenwälder</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>faggete</t>
+  </si>
+  <si>
+    <t>abieti-faggete</t>
+  </si>
+  <si>
+    <t>altri boschi di latifoglie</t>
+  </si>
+  <si>
+    <t>boschi di abete bianco e abete rosso</t>
+  </si>
+  <si>
+    <t>peccete</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Arven- und Lärchenwälder</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>cembrete e lariceti</t>
+  </si>
+  <si>
+    <t>pinete</t>
+  </si>
+  <si>
+    <t>boschi pionieri</t>
+  </si>
+  <si>
+    <t>arbusteti*</t>
+  </si>
+  <si>
+    <t>non bosco*</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215745/397494</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+      <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten, die im 2-Aren-Probekreis mit mindestens einem lebenden Individuum ab 40 cm Höhe vertreten sind.</t>
+    <t>Numero di specie di alberi e di arbusti nel cerchio di 2 are, presenti con almeno un individuo di almeno 40 cm di altezza.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
+    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,64 +727,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1458,235 +1458,235 @@
         <v>4.8</v>
       </c>
       <c r="M24" s="6">
         <v>3</v>
       </c>
       <c r="N24" s="6">
         <v>6.7</v>
       </c>
       <c r="O24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215745/397494</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+            <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>