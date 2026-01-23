--- v0 (2025-11-19)
+++ v1 (2026-01-23)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Waldformationen (10 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of woody species (≥40 cm high)</t>
+  </si>
+  <si>
+    <t>forest formations (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...50 lines deleted...]
-    <t>Stk.</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Buchenwälder</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>beech forests</t>
+  </si>
+  <si>
+    <t>silver fir-beech forests</t>
+  </si>
+  <si>
+    <t>other boradleaved forests</t>
+  </si>
+  <si>
+    <t>silver fir-spruce forests</t>
+  </si>
+  <si>
+    <t>spruce forests</t>
+  </si>
+  <si>
+    <t>Arolla pine and larch forests</t>
+  </si>
+  <si>
+    <t>pine forests</t>
+  </si>
+  <si>
+    <t>pioneer forests</t>
+  </si>
+  <si>
+    <t>shrub forests*</t>
+  </si>
+  <si>
+    <t>non-forest*</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215747/397496</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+      <t xml:space="preserve">number of woody species (≥40 cm high)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten, die im 2-Aren-Probekreis mit mindestens einem lebenden Individuum ab 40 cm Höhe vertreten sind.</t>
+    <t>Number of species of trees and shrubs that occur within the 200 m² circle on the sample plot with at least one living individual ≥40 cm high.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
+    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,80 +751,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -2170,51 +2170,51 @@
         <v>4.8</v>
       </c>
       <c r="AC24" s="6">
         <v>3</v>
       </c>
       <c r="AD24" s="6">
         <v>6.7</v>
       </c>
       <c r="AE24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215747/397496</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+            <t xml:space="preserve">number of woody species (≥40 cm high)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>