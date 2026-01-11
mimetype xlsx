--- v0 (2026-01-08)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>alte/basse quote</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of stumps</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>basse quote</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1216868/398617</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">biomass of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>100.0</v>
       </c>
       <c r="AY16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ16" s="6">
         <v>100.0</v>
       </c>
       <c r="BA16" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1216868/398617</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">biomass of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>