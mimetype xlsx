--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1216879/398628</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1216879/398628</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>