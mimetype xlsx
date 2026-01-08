--- v0 (2025-11-17)
+++ v1 (2026-01-08)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>million kg</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1216902/398651</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,62 +700,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1017,233 +1017,233 @@
         <v>252</v>
       </c>
       <c r="K16" s="6">
         <v>14</v>
       </c>
       <c r="L16" s="6">
         <v>4927</v>
       </c>
       <c r="M16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1216902/398651</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>