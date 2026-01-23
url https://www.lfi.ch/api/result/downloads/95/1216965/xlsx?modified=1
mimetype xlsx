--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stump: conifers or broadleaves</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Stock: Nadel- oder Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>million kg</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1216965/398714</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stump: conifers or broadleaves</t>
+      <t xml:space="preserve">Stock: Nadel- oder Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2368</t>
     </r>
   </si>
   <si>
-    <t>Species group (conifers or broadleaves) of stumps ≥7 cm in diameter. Reference: Field Survey (MID 970: Stocktotholz - Baumart)</t>
+    <t>Artengruppe (Nadelholz, Laubholz) der Stöcke ab 7 cm Stockdurchmesser. Grundlage: Feldaufnahme (MID 970: Stocktotholz - Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,62 +703,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1061,233 +1061,233 @@
         <v>253</v>
       </c>
       <c r="K17" s="6">
         <v>14</v>
       </c>
       <c r="L17" s="6">
         <v>5001</v>
       </c>
       <c r="M17" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1216965/398714</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stump: conifers or broadleaves</t>
+            <t xml:space="preserve">Stock: Nadel- oder Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2368</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>