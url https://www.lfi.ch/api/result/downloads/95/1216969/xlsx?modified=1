--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stump: conifers or broadleaves</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Stock: Nadel- oder Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1216969/398718</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stump: conifers or broadleaves</t>
+      <t xml:space="preserve">Stock: Nadel- oder Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2368</t>
     </r>
   </si>
   <si>
-    <t>Species group (conifers or broadleaves) of stumps ≥7 cm in diameter. Reference: Field Survey (MID 970: Stocktotholz - Baumart)</t>
+    <t>Artengruppe (Nadelholz, Laubholz) der Stöcke ab 7 cm Stockdurchmesser. Grundlage: Feldaufnahme (MID 970: Stocktotholz - Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>2.0</v>
       </c>
       <c r="M17" s="6">
         <v>14</v>
       </c>
       <c r="N17" s="6">
         <v>4.5</v>
       </c>
       <c r="O17" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1216969/398718</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stump: conifers or broadleaves</t>
+            <t xml:space="preserve">Stock: Nadel- oder Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2368</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>