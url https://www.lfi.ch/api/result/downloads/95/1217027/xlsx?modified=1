--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of microhabitats on standing living trees</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1217027/398776</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+      <t xml:space="preserve">number of microhabitats on standing living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD). Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,64 +703,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1058,235 +1058,235 @@
         <v>402</v>
       </c>
       <c r="M16" s="6">
         <v>4</v>
       </c>
       <c r="N16" s="6">
         <v>347</v>
       </c>
       <c r="O16" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1217027/398776</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+            <t xml:space="preserve">number of microhabitats on standing living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>