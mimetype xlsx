--- v1 (2025-11-17)
+++ v2 (2026-01-09)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di microhabitat sugli alberi vivi in piedi</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1217027/398776</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of microhabitats on standing living trees</t>
+      <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Numero di microhabitat sugli alberi vivi in piedi di almeno 12 cm di diametro a petto d'uomo (DPU). Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>402</v>
       </c>
       <c r="M16" s="6">
         <v>4</v>
       </c>
       <c r="N16" s="6">
         <v>347</v>
       </c>
       <c r="O16" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1217027/398776</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of microhabitats on standing living trees</t>
+            <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>