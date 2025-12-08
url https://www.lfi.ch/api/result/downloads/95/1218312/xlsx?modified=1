--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Lawinen (2022) · Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022) · reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022)</t>
+  </si>
+  <si>
+    <t>reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Zwangsnutzung hat stattgefunden</t>
-[...41 lines deleted...]
-    <t>ausserhalb</t>
+    <t>no sanitary/salvage felling</t>
+  </si>
+  <si>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi</t>
+  </si>
+  <si>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>other causes</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1218312/400061</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3643,270 +3643,270 @@
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O68" s="6">
         <v>100.0</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1218312/400061</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
       <c r="O69" s="3"/>
       <c r="P69" s="3"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>