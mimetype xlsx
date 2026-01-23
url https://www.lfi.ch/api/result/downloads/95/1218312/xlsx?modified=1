--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against avalanches (2022) · reason for sanitary/salvage felling (forest area classifier)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022) · causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>reason for sanitary/salvage felling (forest area classifier)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022)</t>
+  </si>
+  <si>
+    <t>causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no sanitary/salvage felling</t>
-[...41 lines deleted...]
-    <t>outside</t>
+    <t>nessuna utilizzazione forzata ha avuto luogo</t>
+  </si>
+  <si>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t>funghi</t>
+  </si>
+  <si>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>altre cause</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1218312/400061</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against avalanches (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
+      <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Causa principale dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3643,270 +3643,270 @@
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O68" s="6">
         <v>100.0</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1218312/400061</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
       <c r="O69" s="3"/>
       <c r="P69" s="3"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against avalanches (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
+            <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>