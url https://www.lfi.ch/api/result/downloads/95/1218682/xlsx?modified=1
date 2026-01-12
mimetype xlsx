--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest (2022) · basal area (standing-living - in 4 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione (2022) · area basimetrica (alberi vivi in piedi; 4 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,290 +172,290 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...5 lines deleted...]
-    <t>basal area (standing-living - in 4 classes)</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione (2022)</t>
+  </si>
+  <si>
+    <t>area basimetrica (alberi vivi in piedi; 4 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>=19 m2/ha</t>
   </si>
   <si>
     <t>20-39 m2/ha</t>
   </si>
   <si>
     <t>40-59 m2/ha</t>
   </si>
   <si>
     <t>=60 m2/ha</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>outside</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1218682/400431</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest (2022)</t>
+      <t xml:space="preserve">bosco di protezione (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2576</t>
     </r>
   </si>
   <si>
-    <t>Area inside/outside the protective forest that the cantons had designated in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013). In 2022, Canton Aargau had not yet designated its protective forest. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione, così come definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect (Losey &amp; Wehrli 2013). Nel 2022 il Canton Argovia non aveva ancora definito il bosco di protezione. Fonte: dati GIS dell'UFAM, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
+      <t xml:space="preserve">area basimetrica (alberi vivi in piedi; 4 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1328</t>
     </r>
   </si>
   <si>
-    <t>Basal area of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in four classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Area basimetrica all'ettaro degli alberi e arbusti vivi in piedi con diametro a petto d'uomo (DPU) di almeno 12 cm, in quattro classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,52 +810,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="61.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5145,51 +5145,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ36" s="7" t="s">
         <v>40</v>
       </c>
       <c r="BA36" s="7">
         <v>100.0</v>
       </c>
       <c r="BB36" s="7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1218682/400431</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -5227,226 +5227,226 @@
       <c r="AR37" s="3"/>
       <c r="AS37" s="3"/>
       <c r="AT37" s="3"/>
       <c r="AU37" s="3"/>
       <c r="AV37" s="3"/>
       <c r="AW37" s="3"/>
       <c r="AX37" s="3"/>
       <c r="AY37" s="3"/>
       <c r="AZ37" s="3"/>
       <c r="BA37" s="3"/>
       <c r="BB37" s="3"/>
     </row>
     <row r="40" spans="1:54">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:54" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:54">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest (2022)</t>
+            <t xml:space="preserve">bosco di protezione (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2576</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:54" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:54">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
+            <t xml:space="preserve">area basimetrica (alberi vivi in piedi; 4 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1328</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:54" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="49" spans="1:54">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:54" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>