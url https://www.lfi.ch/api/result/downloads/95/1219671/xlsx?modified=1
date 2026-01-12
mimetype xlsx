--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against hillslope debris flows/landslides (2022) · transportation system plan</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022) · concetto dell'allacciamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>transportation system plan</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022)</t>
+  </si>
+  <si>
+    <t>concetto dell'allacciamento</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>road and skid road</t>
-[...29 lines deleted...]
-    <t>outside</t>
+    <t>strada e pista</t>
+  </si>
+  <si>
+    <t>strada e teleferico forestale</t>
+  </si>
+  <si>
+    <t>strada e trasporto aereo (elicottero)</t>
+  </si>
+  <si>
+    <t>nessun allacciamento previsto</t>
+  </si>
+  <si>
+    <t>strada e sentiero di esbosco, senza verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>strada e sentiero di esbosco, con verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>solamente strada</t>
+  </si>
+  <si>
+    <t>terreno agricolo</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1219671/401420</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">transportation system plan</t>
+      <t xml:space="preserve">concetto dell'allacciamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #599</t>
     </r>
   </si>
   <si>
-    <t>Information about the large- and small-scale infrastructure used for the extraction and transport of timber. Reference: Forest Service survey (MID 326: Erschliessungskonzept)</t>
+    <t>Indicazione, su quale rete di allacciamento grossolana e capillare si basa l'esbosco del legname. Fonte: inchiesta presso il servizio forestale (MID 326: Erschliessungskonzept)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2863,270 +2863,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1219671/401420</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">transportation system plan</t>
+            <t xml:space="preserve">concetto dell'allacciamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>