--- v0 (2026-01-10)
+++ v1 (2026-03-07)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against hillslope debris flows/landslides (2022) · stand structure</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · Bestandesstruktur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>stand structure</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+  </si>
+  <si>
+    <t>Bestandesstruktur</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>single-layered</t>
-[...17 lines deleted...]
-    <t>outside</t>
+    <t>einschichtig</t>
+  </si>
+  <si>
+    <t>mehrschichtig</t>
+  </si>
+  <si>
+    <t>stufig</t>
+  </si>
+  <si>
+    <t>Rottenstruktur</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1219961/401710</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand structure</t>
+      <t xml:space="preserve">Bestandesstruktur</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Vertical structure (stratification) of a stand, defined on the basis of the degrees of cover of the upper, middle and lower layers. Reference: Field Survey (MID 267: Bestandesstruktur)</t>
+    <t>Vertikaler Aufbau (Schichtung) eines Bestandes, definiert anhand der Deckungsgrade von Oberschicht, Mittelschicht und Unterschicht. Grundlage: Feldaufnahme (MID 267: Bestandesstruktur)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,51 +774,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -3371,51 +3371,51 @@
         <v>100.0</v>
       </c>
       <c r="AD36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE36" s="6">
         <v>100.0</v>
       </c>
       <c r="AF36" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1219961/401710</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3431,226 +3431,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand structure</t>
+            <t xml:space="preserve">Bestandesstruktur</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>