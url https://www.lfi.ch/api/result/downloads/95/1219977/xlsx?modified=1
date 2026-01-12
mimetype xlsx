--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro colate di fango/smottamenti (2022) · concetto dell'allacciamento</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · Erschliessungskonzept</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>concetto dell'allacciamento</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+  </si>
+  <si>
+    <t>Erschliessungskonzept</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>strada e pista</t>
-[...29 lines deleted...]
-    <t>all'esterno</t>
+    <t>Strasse und Maschinenweg</t>
+  </si>
+  <si>
+    <t>Strasse und Seillinie</t>
+  </si>
+  <si>
+    <t>Strasse und Fluglinie</t>
+  </si>
+  <si>
+    <t>keine Erschliessung vorgesehen</t>
+  </si>
+  <si>
+    <t>Strasse und Rückegasse ohne Traktionshilfswinde</t>
+  </si>
+  <si>
+    <t>Strasse und Rückegasse mit Traktionshilfswinde</t>
+  </si>
+  <si>
+    <t>nur Strasse</t>
+  </si>
+  <si>
+    <t>Landwirtschaftsland</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1219977/401726</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">concetto dell'allacciamento</t>
+      <t xml:space="preserve">Erschliessungskonzept</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #599</t>
     </r>
   </si>
   <si>
-    <t>Indicazione, su quale rete di allacciamento grossolana e capillare si basa l'esbosco del legname. Fonte: inchiesta presso il servizio forestale (MID 326: Erschliessungskonzept)</t>
+    <t>Angabe, auf welcher Grob- und Feinerschliessung die Holzbringung beruht. Grundlage: Forstdienstbefragung (MID 326: Erschliessungskonzept)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2606,268 +2606,268 @@
         <v>100.0</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="6">
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1219977/401726</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">concetto dell'allacciamento</t>
+            <t xml:space="preserve">Erschliessungskonzept</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:14" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:14" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:14" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>