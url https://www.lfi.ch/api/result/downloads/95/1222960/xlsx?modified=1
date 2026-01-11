--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>indicatore di zone di protezione delle acque sotterranee (2022) · tipo di bosco (3 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>indicator of groundwater protection zones (2022) · forest type (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>tipo di bosco (3 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>indicator of groundwater protection zones (2022)</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco accessibile esclusi gli arbusteti</t>
-[...14 lines deleted...]
-    <t>zona di protezione delle acque sotterranee</t>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>no groundwater protection zone</t>
+  </si>
+  <si>
+    <t>groundwater protection zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1222960/404709</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
+      <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Ubicazione all'interno/all'esterno di una zona di protezione delle acque sotterranee. Queste zone vengono designate dai Cantoni intorno alle sorgenti di acque sotterranee e alle installazioni di accumulo delle acque sotterranee, che sono di interesse pubblico e servono a proteggere le acque potabili. A dipendenza della zona di protezione, si applicano diverse limitazioni alla proprietà e requisiti di gestione rigorosi. La variabile riflette le categorie di zone di protezione applicabili dal 2016 in conformità all'art. 121 dell'Ordinanza sulla protezione delle acque (RS 814.201) e lo stato di designazione da parte dei Cantoni all'8 luglio 2022 (scaricare i dati da geodienste.ch). Stato dei dati: 8.7.2022 (Download von geodienste.ch).</t>
+    <t>Located in/outside a groundwater protection zone. The cantons demarcate groundwater protection zones around groundwater wells and groundwater recharging facilities to protect drinking water where this is in the public interest. The indicator variable combines the various protection zone categories in force since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) into one class. Data status: 8 July 2022 (download from geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>201.7</v>
       </c>
       <c r="N32" s="6">
         <v>2</v>
       </c>
       <c r="O32" s="6">
         <v>1327.1</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1222960/404709</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
+            <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>