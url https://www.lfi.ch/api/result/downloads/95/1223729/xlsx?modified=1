--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>forest aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>uniform high forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1223729/405479</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,51 +757,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2366,51 +2366,51 @@
         <v>172.7</v>
       </c>
       <c r="AC26" s="6">
         <v>2</v>
       </c>
       <c r="AD26" s="6">
         <v>1270.3</v>
       </c>
       <c r="AE26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1223729/405479</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -2426,191 +2426,191 @@
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:31">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:31" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>