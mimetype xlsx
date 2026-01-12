--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1223729/405479</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,51 +757,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2366,51 +2366,51 @@
         <v>172.7</v>
       </c>
       <c r="AC26" s="6">
         <v>2</v>
       </c>
       <c r="AD26" s="6">
         <v>1270.3</v>
       </c>
       <c r="AE26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1223729/405479</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -2426,191 +2426,191 @@
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:31">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:31" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>