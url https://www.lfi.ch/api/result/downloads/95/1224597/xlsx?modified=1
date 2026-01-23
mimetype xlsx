--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>dominance of alien woody species (neophytes; 3 classes; from NFI3 on)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>dominance d'espèces ligneuses exotiques (néophytes; 3 classes; à partir de l'IFN3)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not dominated by alien woody species</t>
-[...5 lines deleted...]
-    <t>dominated by invasive alien woody species</t>
+    <t>pas dominé par des espèces ligneuses exotiques</t>
+  </si>
+  <si>
+    <t>dominé par des espèces ligneuses exotiques non envahissantes</t>
+  </si>
+  <si>
+    <t>dominé par des espèces ligneuses exotiques envahissantes</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1224597/406347</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominance of alien woody species (neophytes; 3 classes; from NFI3 on)</t>
+      <t xml:space="preserve">dominance d'espèces ligneuses exotiques (néophytes; 3 classes; à partir de l'IFN3)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #887</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether invasive or non-invasive alien woody species («tree or shrub neophytes») ≥12 cm in diameter at breast height (dbh) dominate the growing stock, i.e. account for at least 50% of the growing stock – in three classes. The classification as «invasive» is based on the 2022 publication «Invasive alien species in Switzerland» of the Federal Office for the Environment (FOEN) (UW-2220-E). Reference: Field Survey (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Indication, en trois classes, du fait que des espèces ligneuses exotiques envahissantes ou non envahissantes (néophytes arborescentes ou arbustives) à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm dominent le peuplement, c'est-à-dire représentent au moins 50% du volume. Le classement en tant qu'espèce envahissante se conforme au document «Espèces exotiques en Suisse» (UW-2220-F) publié en 2022 par l'Office fédéral de l'environnement (OFEV). Source: relevé de terrain (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="84.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>152.5</v>
       </c>
       <c r="M17" s="6">
         <v>2</v>
       </c>
       <c r="N17" s="6">
         <v>1176.4</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1224597/406347</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominance of alien woody species (neophytes; 3 classes; from NFI3 on)</t>
+            <t xml:space="preserve">dominance d'espèces ligneuses exotiques (néophytes; 3 classes; à partir de l'IFN3)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #887</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>