--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>type de la prochaine intervention</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Art des nächsten Eingriffs</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...23 lines deleted...]
-    <t>Suisse</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
-[...2 lines deleted...]
-    <t>intervention évent. dans plus de 20 ans</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>allfälliger Eingriff in über 20 Jahren</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>soins à la jeune forêt</t>
-[...47 lines deleted...]
-    <t>total</t>
+    <t>Jungwaldpflege</t>
+  </si>
+  <si>
+    <t>Durchforstung</t>
+  </si>
+  <si>
+    <t>Lichtung</t>
+  </si>
+  <si>
+    <t>Räumung</t>
+  </si>
+  <si>
+    <t>Plenterung</t>
+  </si>
+  <si>
+    <t>Gebirgswalddurchforstung</t>
+  </si>
+  <si>
+    <t>Nieder-/Mittelwaldschlag</t>
+  </si>
+  <si>
+    <t>Überführung</t>
+  </si>
+  <si>
+    <t>Umwandlung</t>
+  </si>
+  <si>
+    <t>Sanitärhieb</t>
+  </si>
+  <si>
+    <t>Dauerwalddurchforstung</t>
+  </si>
+  <si>
+    <t>Waldrandpflege</t>
+  </si>
+  <si>
+    <t>Pflanzung</t>
+  </si>
+  <si>
+    <t>agro-forstliche Eingriff</t>
+  </si>
+  <si>
+    <t>Entnahme einzelner Bäume</t>
+  </si>
+  <si>
+    <t>Sicherheitseingriff</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1224822/406572</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type de la prochaine intervention</t>
+      <t xml:space="preserve">Art des nächsten Eingriffs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #704</t>
     </r>
   </si>
   <si>
-    <t>Indication de la manière dont le peuplement sera probablement traité lors de la prochaine intervention, en tenant compte des fonctions forestières locales et des planifications. Source: enquête auprès des services forestiers (MID 335: Genre de la prochaine intervention)</t>
+    <t>Angabe, wie der Bestand beim nächsten Eingriff unter Berücksichtigung der lokalen Waldfunktionen und Planungen voraussichtlich behandelt werden wird. Grundlage: Forstdienstbefragung (MID 335: Art des nächsten Eingriffs)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1808,235 +1808,235 @@
         <v>100.0</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N31" s="6">
         <v>100.0</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1224822/406572</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type de la prochaine intervention</t>
+            <t xml:space="preserve">Art des nächsten Eingriffs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #704</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>