--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>type de la prochaine intervention</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>type of next treatment</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...23 lines deleted...]
-    <t>Suisse</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
-[...2 lines deleted...]
-    <t>intervention évent. dans plus de 20 ans</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>possible intervention in &gt;20 years</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>soins à la jeune forêt</t>
-[...17 lines deleted...]
-    <t>coupe de taillis et taillis-sous-futaie</t>
+    <t>tending</t>
+  </si>
+  <si>
+    <t>thinning</t>
+  </si>
+  <si>
+    <t>secondary felling</t>
+  </si>
+  <si>
+    <t>final felling</t>
+  </si>
+  <si>
+    <t>selection felling</t>
+  </si>
+  <si>
+    <t>thinning of mountain forest</t>
+  </si>
+  <si>
+    <t>coppice cut</t>
   </si>
   <si>
     <t>conversion</t>
   </si>
   <si>
     <t>transformation</t>
   </si>
   <si>
-    <t>coupe sanitaire</t>
-[...17 lines deleted...]
-    <t>intervention sécuritaire</t>
+    <t>sanitary felling</t>
+  </si>
+  <si>
+    <t>thinning of continuous cover forest</t>
+  </si>
+  <si>
+    <t>tending of forest edge</t>
+  </si>
+  <si>
+    <t>planting</t>
+  </si>
+  <si>
+    <t>agrosilvicultural treatments</t>
+  </si>
+  <si>
+    <t>single tree harvesting</t>
+  </si>
+  <si>
+    <t>tree removal to maintain infrastructre safety</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1224937/406687</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type de la prochaine intervention</t>
+      <t xml:space="preserve">type of next treatment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #704</t>
     </r>
   </si>
   <si>
-    <t>Indication de la manière dont le peuplement sera probablement traité lors de la prochaine intervention, en tenant compte des fonctions forestières locales et des planifications. Source: enquête auprès des services forestiers (MID 335: Genre de la prochaine intervention)</t>
+    <t>Indication of how the stand is likely to be treated in the next intervention, taking into account local forest functions and planning. Reference: Forest Service Survey (MID 335: Art des nächsten Eingriffs)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1808,235 +1808,235 @@
         <v>120.7</v>
       </c>
       <c r="M31" s="6">
         <v>3</v>
       </c>
       <c r="N31" s="6">
         <v>1049.5</v>
       </c>
       <c r="O31" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1224937/406687</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type de la prochaine intervention</t>
+            <t xml:space="preserve">type of next treatment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #704</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>