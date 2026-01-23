--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tempistica del prossimo intervento</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>timing of next treatment</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-1 anno</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>0-1 year</t>
+  </si>
+  <si>
+    <t>2-5 years</t>
+  </si>
+  <si>
+    <t>6-10 years</t>
+  </si>
+  <si>
+    <t>11-20 years</t>
+  </si>
+  <si>
+    <t>&gt;20 years</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1225067/406817</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tempistica del prossimo intervento</t>
+      <t xml:space="preserve">timing of next treatment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #706</t>
     </r>
   </si>
   <si>
-    <t>Numero di anni fino al prossimo intervento selvicolturale, tenendo conto della pianificazione forestale. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché tagli fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID 337: Zeitpunkt des nächsten Eingriffs)</t>
+    <t>Number of years until the next silvicultural treatment according to the forest planning schedule. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID 337: Zeitpunkt des nächsten Eingriffs)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1225067/406817</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tempistica del prossimo intervento</t>
+            <t xml:space="preserve">timing of next treatment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #706</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>