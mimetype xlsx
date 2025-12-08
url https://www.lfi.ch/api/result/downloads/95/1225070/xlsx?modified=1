--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Zeitpunkt des nächsten Eingriffs</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>timing of next treatment</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-1 Jahr</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>0-1 year</t>
+  </si>
+  <si>
+    <t>2-5 years</t>
+  </si>
+  <si>
+    <t>6-10 years</t>
+  </si>
+  <si>
+    <t>11-20 years</t>
+  </si>
+  <si>
+    <t>&gt;20 years</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1225070/406820</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des nächsten Eingriffs</t>
+      <t xml:space="preserve">timing of next treatment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #706</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre bis zum nächsten waldbaulichen Eingriff unter Berücksichtigung der forstlichen Planung. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID 337: Zeitpunkt des nächsten Eingriffs)</t>
+    <t>Number of years until the next silvicultural treatment according to the forest planning schedule. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID 337: Zeitpunkt des nächsten Eingriffs)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>100.0</v>
       </c>
       <c r="AY19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ19" s="6">
         <v>100.0</v>
       </c>
       <c r="BA19" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1225070/406820</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des nächsten Eingriffs</t>
+            <t xml:space="preserve">timing of next treatment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #706</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>