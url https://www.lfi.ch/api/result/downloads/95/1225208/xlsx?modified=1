--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Zeitpunkt des nächsten Eingriffs</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tempistica del prossimo intervento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-1 Jahr</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>0-1 anno</t>
+  </si>
+  <si>
+    <t>2-5 anni</t>
+  </si>
+  <si>
+    <t>6-10 anni</t>
+  </si>
+  <si>
+    <t>11-20 anni</t>
+  </si>
+  <si>
+    <t>&gt;20 anni</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1225208/406958</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des nächsten Eingriffs</t>
+      <t xml:space="preserve">tempistica del prossimo intervento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #706</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre bis zum nächsten waldbaulichen Eingriff unter Berücksichtigung der forstlichen Planung. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID 337: Zeitpunkt des nächsten Eingriffs)</t>
+    <t>Numero di anni fino al prossimo intervento selvicolturale, tenendo conto della pianificazione forestale. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché tagli fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID 337: Zeitpunkt des nächsten Eingriffs)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>50.2</v>
       </c>
       <c r="AY19" s="6">
         <v>7</v>
       </c>
       <c r="AZ19" s="6">
         <v>1211.5</v>
       </c>
       <c r="BA19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1225208/406958</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des nächsten Eingriffs</t>
+            <t xml:space="preserve">tempistica del prossimo intervento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #706</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>