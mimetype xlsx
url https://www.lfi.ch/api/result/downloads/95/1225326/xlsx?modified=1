--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>dominance of alien woody species (neophytes; 3 classes; from NFI3 on)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>dominanza di specie esotiche (neofite; 3 classi, a partire dall'IFN3)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not dominated by alien woody species</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>non dominato da specie legnose esotiche</t>
+  </si>
+  <si>
+    <t>dominato da specie legnose esotiche non invasive</t>
+  </si>
+  <si>
+    <t>dominato da specie legnose esotiche invasive</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1225326/407076</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominance of alien woody species (neophytes; 3 classes; from NFI3 on)</t>
+      <t xml:space="preserve">dominanza di specie esotiche (neofite; 3 classi, a partire dall'IFN3)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #887</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether invasive or non-invasive alien woody species («tree or shrub neophytes») ≥12 cm in diameter at breast height (dbh) dominate the growing stock, i.e. account for at least 50% of the growing stock – in three classes. The classification as «invasive» is based on the 2022 publication «Invasive alien species in Switzerland» of the Federal Office for the Environment (FOEN) (UW-2220-E). Reference: Field Survey (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Indicazione, se le specie esotiche invasive o non invasive (neofite arboree o arbustive) con un diametro a petto d'uomo (DPU) di almeno 12 cm dominano in termini di provvigione, cioè costituiscono almeno il 50% della provvigione, in tre classi. La classificazione come «invasiva» corrisponde alla pubblicazione dell'Ufficio federale dell'ambiente (UFAM) «Specie esotiche in Svizzera» del 2022 (UW-2220-D). Fonte: rilievo sul terreno (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1225326/407076</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominance of alien woody species (neophytes; 3 classes; from NFI3 on)</t>
+            <t xml:space="preserve">dominanza di specie esotiche (neofite; 3 classi, a partire dall'IFN3)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #887</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>