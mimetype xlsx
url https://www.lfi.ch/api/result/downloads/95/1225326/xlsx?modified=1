--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>dominanza di specie esotiche (neofite; 3 classi, a partire dall'IFN3)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Dominanz von gebietsfremden Gehölzarten (Neophyten; 3 Klassen; ab LFI3)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...54 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non dominato da specie legnose esotiche</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>nicht von gebietsfremden Gehölzarten dominiert</t>
+  </si>
+  <si>
+    <t>von nicht invasiven gebietsfremden Gehölzarten dominiert</t>
+  </si>
+  <si>
+    <t>von invasiven gebietsfremden Gehölzarten dominiert</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1225326/407076</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominanza di specie esotiche (neofite; 3 classi, a partire dall'IFN3)</t>
+      <t xml:space="preserve">Dominanz von gebietsfremden Gehölzarten (Neophyten; 3 Klassen; ab LFI3)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #887</t>
     </r>
   </si>
   <si>
-    <t>Indicazione, se le specie esotiche invasive o non invasive (neofite arboree o arbustive) con un diametro a petto d'uomo (DPU) di almeno 12 cm dominano in termini di provvigione, cioè costituiscono almeno il 50% della provvigione, in tre classi. La classificazione come «invasiva» corrisponde alla pubblicazione dell'Ufficio federale dell'ambiente (UFAM) «Specie esotiche in Svizzera» del 2022 (UW-2220-D). Fonte: rilievo sul terreno (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Angabe, ob invasive oder nicht invasive gebietsfremde Gehölzarten (baum- oder strauchförmige Neophyten) mit einem Brusthöhendurchmesser (BHD) ab 12 cm bezüglich Vorrat dominieren, also mindestens 50% des Vorrats ausmachen, in drei Klassen. Die Einstufung in «invasiv» entspricht der Publikation «Gebietsfremde Arten» des Bundesamts für Umwelt (BAFU) aus dem Jahr 2022 (UW-2220-D). Grundlage: Feldaufnahme (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="84.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1225326/407076</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominanza di specie esotiche (neofite; 3 classi, a partire dall'IFN3)</t>
+            <t xml:space="preserve">Dominanz von gebietsfremden Gehölzarten (Neophyten; 3 Klassen; ab LFI3)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #887</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>