--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>esposizione (5 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>aspect (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>indeterminata</t>
+    <t>indetermined</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>O</t>
-[...2 lines deleted...]
-    <t>totale</t>
+    <t>W</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1225940/407690</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">esposizione (5 classi)</t>
+      <t xml:space="preserve">aspect (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Esposizione secondo le seguenti cinque classi: nord, est, sud, ovest e indeterminata. «Indeterminata» significa che la superficie ha una pendenza ≤10%. Fonte: rilievo sul terreno (MID 191: Azimut der Exposition)</t>
+    <t>Aspect, classified into the following five classes: North, East, South, West and indeterminate. «Indeterminate» means that the slope is ≤10%. Reference: Field Survey (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>100.0</v>
       </c>
       <c r="AY19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ19" s="6">
         <v>100.0</v>
       </c>
       <c r="BA19" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1225940/407690</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">esposizione (5 classi)</t>
+            <t xml:space="preserve">aspect (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>