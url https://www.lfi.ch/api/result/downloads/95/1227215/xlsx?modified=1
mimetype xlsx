--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>indice di densità del popolamento (4 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>stand density index (SDI – in 4 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=400 (da aperto a rado)</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>=400 (open to scattered)</t>
+  </si>
+  <si>
+    <t>401-800 (normal to loose)</t>
+  </si>
+  <si>
+    <t>801-1200 (dense)</t>
+  </si>
+  <si>
+    <t>&gt;1200 (very dense)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1227215/408965</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indice di densità del popolamento (4 classi)</t>
+      <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257</t>
     </r>
   </si>
   <si>
-    <t>Densità di un popolamento in quattro classi. L'indice di densità del popolamento (Stand Density Index SDI) è calcolato in base al numero di fusti per ettaro di alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm e al diametro medio. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Density of a stand – in four classes. The Stand Density Index (SDI) is calculated on the basis of the number of stems per hectare of trees and shrubs ≥12 cm in diameter at breast height (dbh) and the mean diameter. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1161,235 +1161,235 @@
         <v>120.7</v>
       </c>
       <c r="M18" s="7">
         <v>3</v>
       </c>
       <c r="N18" s="7">
         <v>1049.5</v>
       </c>
       <c r="O18" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1227215/408965</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indice di densità del popolamento (4 classi)</t>
+            <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>