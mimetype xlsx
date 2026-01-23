--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Strukturvielfalt des Bestandes</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>diversità strutturale del popolamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>gering</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>debole</t>
+  </si>
+  <si>
+    <t xml:space="preserve">media </t>
+  </si>
+  <si>
+    <t>elevata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1227232/408982</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Strukturvielfalt des Bestandes</t>
+      <t xml:space="preserve">diversità strutturale del popolamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1280</t>
     </r>
   </si>
   <si>
-    <t>Wert des Waldbestandes als Lebensraum in drei Klassen, abgeleitet aus den Merkmalen Entwicklungsstufe, Schlussgrad, Bestandesstruktur, Starkholzanteil, Schädigungsgrad des Bestandes, Vorhandensein von Wald- oder Bestandesrand, Vorkommen und Art von Lücken im Bestand, Deckungsgrad der Krautschicht, Deckungsgrad der Beerensträucher sowie aus dem Vorkommen von Stöcken, liegendem Totholz, Dürrständern und Asthaufen. Grundlage: Feldaufnahme (diverse Merkmale)</t>
+    <t>Valore del popolamento forestale come habitat in tre classi, derivato dagli attributi stadio di sviluppo, grado di chiusura, struttura del popolamento, proporzione di legname grosso, grado di danneggiamento del popolamento, presenza di margine boschivo o del popolamento, presenza e tipo di chiarie nel popolamento, grado di copertura dello strato arbustivo, grado di copertura degli arbusti produttori di bacche, così come anche la presenza di ceppaie, legname morto a terra, alberi morti in piedi e mucchi di rami. Fonte: rilievo sul terreno (diversi attributi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>120.7</v>
       </c>
       <c r="M17" s="6">
         <v>3</v>
       </c>
       <c r="N17" s="6">
         <v>1049.5</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1227232/408982</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Strukturvielfalt des Bestandes</t>
+            <t xml:space="preserve">diversità strutturale del popolamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1280</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>