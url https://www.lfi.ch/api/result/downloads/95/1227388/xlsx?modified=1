--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>structural diversity of the stand</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Strukturvielfalt des Bestandes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>mittel</t>
+  </si>
+  <si>
+    <t>hoch</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1227388/409138</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structural diversity of the stand</t>
+      <t xml:space="preserve">Strukturvielfalt des Bestandes</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1280</t>
     </r>
   </si>
   <si>
-    <t>Value of the forest stand as a habitat – in three classes, derived from the attributes: development stage, crown closure, stand structure, proportion of old timber, degree of damage to the stand, presence of forest or stand edge, occurrence and type of gaps in the stand, degree of cover of the herb layer, degree of cover of berry bushes as well as the occurrence of stumps, lying deadwood, snags and piles of branches. Reference: Field Survey (various attributes)</t>
+    <t>Wert des Waldbestandes als Lebensraum in drei Klassen, abgeleitet aus den Merkmalen Entwicklungsstufe, Schlussgrad, Bestandesstruktur, Starkholzanteil, Schädigungsgrad des Bestandes, Vorhandensein von Wald- oder Bestandesrand, Vorkommen und Art von Lücken im Bestand, Deckungsgrad der Krautschicht, Deckungsgrad der Beerensträucher sowie aus dem Vorkommen von Stöcken, liegendem Totholz, Dürrständern und Asthaufen. Grundlage: Feldaufnahme (diverse Merkmale)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>100.0</v>
       </c>
       <c r="AY17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ17" s="6">
         <v>100.0</v>
       </c>
       <c r="BA17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1227388/409138</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structural diversity of the stand</t>
+            <t xml:space="preserve">Strukturvielfalt des Bestandes</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1280</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>