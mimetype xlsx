--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco esclusi gli arbusteti, arbusteto · pendenza (classi di 20%)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · slope (in 20% classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>pendenza (classi di 20%)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>slope (in 20% classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>fino al 20%</t>
+    <t>to 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
-    <t>totale</t>
-[...5 lines deleted...]
-    <t>arbusteto</t>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1228477/410227</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">pendenza (classi di 20%)</t>
+      <t xml:space="preserve">slope (in 20% classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
+    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2473,270 +2473,270 @@
         <v>100.0</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O44" s="6">
         <v>100.0</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1228477/410227</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">pendenza (classi di 20%)</t>
+            <t xml:space="preserve">slope (in 20% classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>