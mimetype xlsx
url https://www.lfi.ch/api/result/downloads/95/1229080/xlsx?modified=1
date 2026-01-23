--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco esclusi gli arbusteti, arbusteto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Wald ohne Gebüschwald</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>bosco senza arbusteto</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1229080/410830</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>172.7</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1270.3</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1229080/410830</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>