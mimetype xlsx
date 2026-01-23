--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco esclusi gli arbusteti, arbusteto</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco senza arbusteto</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1229080/410830</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>172.7</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1270.3</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1229080/410830</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>