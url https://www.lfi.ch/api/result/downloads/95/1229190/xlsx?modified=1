--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>NFI2</t>
-[...5 lines deleted...]
-    <t>human overuse and disturbance</t>
+    <t>IFN2</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>sovraccarichi e disturbi umani</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 1993/95</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 1993/95</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,258 +172,258 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no overload</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>nessun sovraccarico</t>
+  </si>
+  <si>
+    <t>sovraccarico dovuto all'uso ricreativo</t>
+  </si>
+  <si>
+    <t>altri sovraccarichi</t>
+  </si>
+  <si>
+    <t>deponie/discariche</t>
+  </si>
+  <si>
+    <t>vecchi drenaggi</t>
+  </si>
+  <si>
+    <t>nuovi drenaggi</t>
+  </si>
+  <si>
+    <t>costruzioni (senza strade)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1229190/410940</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">human overuse and disturbance</t>
+      <t xml:space="preserve">sovraccarichi e disturbi umani</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
+    <t>Aree di saggio con/senza tracce nell'area di interpretazione (50 x 50 m), che indicano che il popolamento forestale o la stazione forestale sono soggetti a un uso ricreativo molto intenso (eccessivo) o ad altre pesanti influenze umane (ad esempio, discariche, drenaggio del terreno, costruzioni) e, nel caso di tali tracce, indicazione della natura del sovraccarico o del disturbo. Fonte: rilievo sul terreno (MID 219: Überbelastung und Störung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -775,51 +775,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2657,51 +2657,51 @@
         <v>100.0</v>
       </c>
       <c r="AY21" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ21" s="6">
         <v>100.0</v>
       </c>
       <c r="BA21" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1229190/410940</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -2739,191 +2739,191 @@
       <c r="AQ22" s="3"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="3"/>
       <c r="AT22" s="3"/>
       <c r="AU22" s="3"/>
       <c r="AV22" s="3"/>
       <c r="AW22" s="3"/>
       <c r="AX22" s="3"/>
       <c r="AY22" s="3"/>
       <c r="AZ22" s="3"/>
       <c r="BA22" s="3"/>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">human overuse and disturbance</t>
+            <t xml:space="preserve">sovraccarichi e disturbi umani</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>