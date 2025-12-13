--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>NFI2</t>
-[...5 lines deleted...]
-    <t>human overuse and disturbance</t>
+    <t>LFI2</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>anthropogene Überbelastungen und Störungen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 1993/95</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no overload</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Überbelastung</t>
+  </si>
+  <si>
+    <t>Erholungsbelastung</t>
+  </si>
+  <si>
+    <t>andere Überbelastung</t>
+  </si>
+  <si>
+    <t>Deponie</t>
+  </si>
+  <si>
+    <t>nicht unterhaltene Entwässerung</t>
+  </si>
+  <si>
+    <t>unterhaltene Entwässerung</t>
+  </si>
+  <si>
+    <t>Bauten (ohne Strassen)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1229191/410941</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">human overuse and disturbance</t>
+      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
+    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1308,235 +1308,235 @@
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N21" s="6">
         <v>100.0</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1229191/410941</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">human overuse and disturbance</t>
+            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>