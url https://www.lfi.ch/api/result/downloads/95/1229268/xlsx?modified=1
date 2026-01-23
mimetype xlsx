--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>anthropogene Überbelastungen und Störungen</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>human overuse and disturbance</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Überbelastung</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>no overload</t>
+  </si>
+  <si>
+    <t>recreational overload</t>
+  </si>
+  <si>
+    <t>other overload</t>
+  </si>
+  <si>
+    <t>landfill</t>
+  </si>
+  <si>
+    <t>old drainage</t>
+  </si>
+  <si>
+    <t>new drainage</t>
+  </si>
+  <si>
+    <t>constructions (without roads)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1229268/411018</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+      <t xml:space="preserve">human overuse and disturbance</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
+    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1876,51 +1876,51 @@
         <v>100.0</v>
       </c>
       <c r="AC21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD21" s="6">
         <v>100.0</v>
       </c>
       <c r="AE21" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1229268/411018</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -1936,191 +1936,191 @@
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+            <t xml:space="preserve">human overuse and disturbance</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>