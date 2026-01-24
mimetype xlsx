--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>IFN4</t>
-[...5 lines deleted...]
-    <t>sovraccarichi e disturbi umani</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>human overuse and disturbance</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>stato 2009/17</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,258 +172,258 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun sovraccarico</t>
-[...20 lines deleted...]
-    <t>totale</t>
+    <t>no overload</t>
+  </si>
+  <si>
+    <t>recreational overload</t>
+  </si>
+  <si>
+    <t>other overload</t>
+  </si>
+  <si>
+    <t>landfill</t>
+  </si>
+  <si>
+    <t>old drainage</t>
+  </si>
+  <si>
+    <t>new drainage</t>
+  </si>
+  <si>
+    <t>constructions (without roads)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1229277/411027</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sovraccarichi e disturbi umani</t>
+      <t xml:space="preserve">human overuse and disturbance</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio con/senza tracce nell'area di interpretazione (50 x 50 m), che indicano che il popolamento forestale o la stazione forestale sono soggetti a un uso ricreativo molto intenso (eccessivo) o ad altre pesanti influenze umane (ad esempio, discariche, drenaggio del terreno, costruzioni) e, nel caso di tali tracce, indicazione della natura del sovraccarico o del disturbo. Fonte: rilievo sul terreno (MID 219: Überbelastung und Störung)</t>
+    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -775,51 +775,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2657,51 +2657,51 @@
         <v>100.0</v>
       </c>
       <c r="AY21" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ21" s="6">
         <v>100.0</v>
       </c>
       <c r="BA21" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1229277/411027</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -2739,191 +2739,191 @@
       <c r="AQ22" s="3"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="3"/>
       <c r="AT22" s="3"/>
       <c r="AU22" s="3"/>
       <c r="AV22" s="3"/>
       <c r="AW22" s="3"/>
       <c r="AX22" s="3"/>
       <c r="AY22" s="3"/>
       <c r="AZ22" s="3"/>
       <c r="BA22" s="3"/>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sovraccarichi e disturbi umani</t>
+            <t xml:space="preserve">human overuse and disturbance</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>