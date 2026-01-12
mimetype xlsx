--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,454 +14,454 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>area basimetrica totale</t>
+    <t>total basal area</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi) · specie arborea principale</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione economica</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Giura Ovest</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Giura Est</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Altopiano Ovest</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Altopiano Centro</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Altopiano Est</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Prealpi Ovest</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Centro</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Est</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Ovest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Centro</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Est</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Ovest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Est</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
-    <t>specie arborea principale</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>abete bianco</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>pino</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>larice</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>cembro</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>faggio</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>acero</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>frassino</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>quercia</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>castagno</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
+    <t>upper subalpine</t>
   </si>
   <si>
-    <t>subalpina</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>altimontana</t>
+    <t>high-montane</t>
   </si>
   <si>
-    <t>montana inferiore e superiore</t>
+    <t>lower and upper montane</t>
   </si>
   <si>
-    <t>submontana</t>
+    <t>submontane</t>
   </si>
   <si>
-    <t>iperinsubrica e collinare</t>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1229591/411341</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica totale</t>
+      <t xml:space="preserve">total basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di DPU. L'area basimetrica totale corrisponde alla somma dell'area basimetrica e l'area basimetrica del legno morto.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -12634,51 +12634,51 @@
         <v>34.1</v>
       </c>
       <c r="AD132" s="6">
         <v>3</v>
       </c>
       <c r="AE132" s="6">
         <v>34.5</v>
       </c>
       <c r="AF132" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:32" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1229591/411341</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -12694,226 +12694,226 @@
       <c r="V133" s="3"/>
       <c r="W133" s="3"/>
       <c r="X133" s="3"/>
       <c r="Y133" s="3"/>
       <c r="Z133" s="3"/>
       <c r="AA133" s="3"/>
       <c r="AB133" s="3"/>
       <c r="AC133" s="3"/>
       <c r="AD133" s="3"/>
       <c r="AE133" s="3"/>
       <c r="AF133" s="3"/>
     </row>
     <row r="136" spans="1:32">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica totale</t>
+            <t xml:space="preserve">total basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:32" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="139" spans="1:32">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:32" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="142" spans="1:32">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:32" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="145" spans="1:32">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:32" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="148" spans="1:32">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:32" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:32">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:32" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>