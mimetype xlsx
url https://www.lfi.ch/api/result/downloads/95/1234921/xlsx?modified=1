--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des coulées de boue/glissements de terrain (2022) · étages de végétation NaiS (6 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>protection forest against hillslope debris flows/landslides (2022) · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...29 lines deleted...]
-    <t>étages de végétation NaiS (6 classes)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against hillslope debris flows/landslides (2022)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpin supérieur</t>
-[...14 lines deleted...]
-    <t>hyperinsubrique et collinéen</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>à l'intérieur</t>
-[...2 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1234921/416671</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des coulées de boue/glissements de terrain (2022)</t>
+      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les coulées de boue/glissements de terrain délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="92.977" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2473,270 +2473,270 @@
         <v>33.8</v>
       </c>
       <c r="N44" s="6">
         <v>4</v>
       </c>
       <c r="O44" s="6">
         <v>32.4</v>
       </c>
       <c r="P44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1234921/416671</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des coulées de boue/glissements de terrain (2022)</t>
+            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>