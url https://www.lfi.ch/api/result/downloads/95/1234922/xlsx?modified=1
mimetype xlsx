--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...23 lines deleted...]
-    <t>ausserhalb</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1234922/416672</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2473,270 +2473,270 @@
         <v>33.7</v>
       </c>
       <c r="N44" s="6">
         <v>4</v>
       </c>
       <c r="O44" s="6">
         <v>32.4</v>
       </c>
       <c r="P44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1234922/416672</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>