--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro colate di fango/smottamenti (2022) · fasce vegetazionali NaiS (6 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>protection forest against hillslope debris flows/landslides (2022) · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against hillslope debris flows/landslides (2022)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...23 lines deleted...]
-    <t>all'esterno</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1234922/416672</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
+      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2473,270 +2473,270 @@
         <v>33.7</v>
       </c>
       <c r="N44" s="6">
         <v>4</v>
       </c>
       <c r="O44" s="6">
         <v>32.4</v>
       </c>
       <c r="P44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1234922/416672</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
+            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>