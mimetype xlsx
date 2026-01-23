--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>protection forest against hillslope debris flows/landslides (2022) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,296 +172,296 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>protection forest against hillslope debris flows/landslides (2022)</t>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022)</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1234929/416679</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6444,51 +6444,51 @@
         <v>26.6</v>
       </c>
       <c r="AZ44" s="6">
         <v>5</v>
       </c>
       <c r="BA44" s="6">
         <v>30.7</v>
       </c>
       <c r="BB44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:54" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1234929/416679</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
@@ -6526,226 +6526,226 @@
       <c r="AR45" s="3"/>
       <c r="AS45" s="3"/>
       <c r="AT45" s="3"/>
       <c r="AU45" s="3"/>
       <c r="AV45" s="3"/>
       <c r="AW45" s="3"/>
       <c r="AX45" s="3"/>
       <c r="AY45" s="3"/>
       <c r="AZ45" s="3"/>
       <c r="BA45" s="3"/>
       <c r="BB45" s="3"/>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="54" spans="1:54">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:54" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:54">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:54" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="60" spans="1:54">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:54" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:54">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:54" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>