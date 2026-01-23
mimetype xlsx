--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Totholz: Holzfestigkeit (3 Klassen) · Spechtlöcher an toten Bäumen</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>numero di fusti morti</t>
+  </si>
+  <si>
+    <t>legno morto: consistenza del legno (3 classi) · cavità del picchio in alberi morti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...53 lines deleted...]
-    <t>Spechtlöcher an toten Bäumen</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>legno morto: consistenza del legno (3 classi)</t>
+  </si>
+  <si>
+    <t>cavità del picchio in alberi morti</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vorhanden</t>
-[...14 lines deleted...]
-    <t>Moder-/Mulmholz</t>
+    <t>presenti</t>
+  </si>
+  <si>
+    <t>non presenti</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>legno fresco o duro</t>
+  </si>
+  <si>
+    <t>legno marcio</t>
+  </si>
+  <si>
+    <t>legno in decomposizione o putrefatto e inconsistente</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1234966/416716</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl</t>
+      <t xml:space="preserve">numero di fusti morti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholz: Holzfestigkeit (3 Klassen)</t>
+      <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stadium des Holzabbaus bei toten Bäumen und Sträuchern (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) in drei Klassen. Grundlage: Feldaufnahme (MID 419: Totholz - Festigkeit)</t>
+    <t>Stadio di decomposizione del legno degli alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in tre classi. Fonte: rilievo sul terreno (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Spechtlöcher an toten Bäumen</t>
+      <t xml:space="preserve">cavità del picchio in alberi morti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #876</t>
     </r>
   </si>
   <si>
-    <t>Vorkommen von Spechtlöchern an toten Bäumen und Sträuchern (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Im LFI5 können Informationen zu Spechtbruthöhlen über das Thema (Zielgrösse) «Stammzahl (stehend-lebend) mit Mikrohabitat» gefunden werden. Diese beziehen sich allerdings auf die stehenden lebenden Bäume und nicht wie hier auf die stehenden oder liegenden toten Bäume. Grundlage: Feldaufnahme (MID 490: Totholz Spechtloch)</t>
+    <t>Presenza di cavità del picchio in alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU). Nell'IFN5, le informazioni sulle cavità di nidificazione di picidi sono reperibili tramite l'argomento (variabile target) «Numero di fusti (vivi in piedi) con microhabitat». Tuttavia, ciò si riferisce agli alberi vivi in piedi e non, come in questo caso, agli alberi morti in piedi o a terra. Fonte: rilievo sul terreno (MID 490: Totholz Spechtloch)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2986,51 +2986,51 @@
         <v>100.0</v>
       </c>
       <c r="AD32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE32" s="6">
         <v>100.0</v>
       </c>
       <c r="AF32" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1234966/416716</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,226 +3046,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl</t>
+            <t xml:space="preserve">numero di fusti morti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholz: Holzfestigkeit (3 Klassen)</t>
+            <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Spechtlöcher an toten Bäumen</t>
+            <t xml:space="preserve">cavità del picchio in alberi morti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>