--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>deadwood: mechanical strength of wood (3 classes) · woodpecker cavities on dead trees</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>numero di fusti morti</t>
+  </si>
+  <si>
+    <t>legno morto: consistenza del legno (3 classi) · cavità del picchio in alberi morti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...53 lines deleted...]
-    <t>woodpecker cavities on dead trees</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>legno morto: consistenza del legno (3 classi)</t>
+  </si>
+  <si>
+    <t>cavità del picchio in alberi morti</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>present</t>
-[...14 lines deleted...]
-    <t>mouldering/mull wood</t>
+    <t>presenti</t>
+  </si>
+  <si>
+    <t>non presenti</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>legno fresco o duro</t>
+  </si>
+  <si>
+    <t>legno marcio</t>
+  </si>
+  <si>
+    <t>legno in decomposizione o putrefatto e inconsistente</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1235026/416776</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems</t>
+      <t xml:space="preserve">numero di fusti morti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
+      <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stage of wood decay in dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 419: Totholz - Festigkeit)</t>
+    <t>Stadio di decomposizione del legno degli alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in tre classi. Fonte: rilievo sul terreno (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">woodpecker cavities on dead trees</t>
+      <t xml:space="preserve">cavità del picchio in alberi morti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #876</t>
     </r>
   </si>
   <si>
-    <t>Presence of woodpecker cavities on dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh). In NFI5, information on woodpecker breeding cavities can be found via the topic (target variable): «Number of stems (standing-living) with microhabitat». However, this refers to the standing living trees and not, as here, to the standing or lying dead trees. Reference: Field Survey (MID 490: Totholz Spechtloch)</t>
+    <t>Presenza di cavità del picchio in alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU). Nell'IFN5, le informazioni sulle cavità di nidificazione di picidi sono reperibili tramite l'argomento (variabile target) «Numero di fusti (vivi in piedi) con microhabitat». Tuttavia, ciò si riferisce agli alberi vivi in piedi e non, come in questo caso, agli alberi morti in piedi o a terra. Fonte: rilievo sul terreno (MID 490: Totholz Spechtloch)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2986,51 +2986,51 @@
         <v>100.0</v>
       </c>
       <c r="AD32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE32" s="6">
         <v>100.0</v>
       </c>
       <c r="AF32" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1235026/416776</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,226 +3046,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems</t>
+            <t xml:space="preserve">numero di fusti morti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
+            <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">woodpecker cavities on dead trees</t>
+            <t xml:space="preserve">cavità del picchio in alberi morti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>