--- v1 (2026-01-23)
+++ v2 (2026-03-18)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>IFN4</t>
-[...5 lines deleted...]
-    <t>legno morto: consistenza del legno (3 classi) · cavità del picchio in alberi morti</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl</t>
+  </si>
+  <si>
+    <t>Totholz: Holzfestigkeit (3 Klassen) · Spechtlöcher an toten Bäumen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>stato 2009/17</t>
-[...53 lines deleted...]
-    <t>cavità del picchio in alberi morti</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Totholz: Holzfestigkeit (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Spechtlöcher an toten Bäumen</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>presenti</t>
-[...14 lines deleted...]
-    <t>legno in decomposizione o putrefatto e inconsistente</t>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Frisch-/Hartholz</t>
+  </si>
+  <si>
+    <t>Morschholz</t>
+  </si>
+  <si>
+    <t>Moder-/Mulmholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1235026/416776</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti</t>
+      <t xml:space="preserve">Totholzstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
+      <t xml:space="preserve">Totholz: Holzfestigkeit (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stadio di decomposizione del legno degli alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in tre classi. Fonte: rilievo sul terreno (MID 419: Totholz - Festigkeit)</t>
+    <t>Stadium des Holzabbaus bei toten Bäumen und Sträuchern (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) in drei Klassen. Grundlage: Feldaufnahme (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cavità del picchio in alberi morti</t>
+      <t xml:space="preserve">Spechtlöcher an toten Bäumen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #876</t>
     </r>
   </si>
   <si>
-    <t>Presenza di cavità del picchio in alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU). Nell'IFN5, le informazioni sulle cavità di nidificazione di picidi sono reperibili tramite l'argomento (variabile target) «Numero di fusti (vivi in piedi) con microhabitat». Tuttavia, ciò si riferisce agli alberi vivi in piedi e non, come in questo caso, agli alberi morti in piedi o a terra. Fonte: rilievo sul terreno (MID 490: Totholz Spechtloch)</t>
+    <t>Vorkommen von Spechtlöchern an toten Bäumen und Sträuchern (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Im LFI5 können Informationen zu Spechtbruthöhlen über das Thema (Zielgrösse) «Stammzahl (stehend-lebend) mit Mikrohabitat» gefunden werden. Diese beziehen sich allerdings auf die stehenden lebenden Bäume und nicht wie hier auf die stehenden oder liegenden toten Bäume. Grundlage: Feldaufnahme (MID 490: Totholz Spechtloch)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2986,51 +2986,51 @@
         <v>100.0</v>
       </c>
       <c r="AD32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE32" s="6">
         <v>100.0</v>
       </c>
       <c r="AF32" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1235026/416776</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,226 +3046,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti</t>
+            <t xml:space="preserve">Totholzstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
+            <t xml:space="preserve">Totholz: Holzfestigkeit (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cavità del picchio in alberi morti</t>
+            <t xml:space="preserve">Spechtlöcher an toten Bäumen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>