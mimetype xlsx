--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>vorherrschende Baumart</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>specie arborea predominante</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,273 +172,273 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1236635/418385</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">vorherrschende Baumart</t>
+      <t xml:space="preserve">specie arborea predominante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #564</t>
     </r>
   </si>
   <si>
-    <t>Hauptbaumart mit der grössten Basalfläche. Für die Berechnung berücksichtigt wurden die stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Grundlage: Feldaufnahme (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Specie arborea principale con l'area basimetrica più grande. Per calcolarla vengono presi in considerazione gli alberi e gli arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -790,51 +790,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -3477,51 +3477,51 @@
         <v>50.2</v>
       </c>
       <c r="AY26" s="6">
         <v>7</v>
       </c>
       <c r="AZ26" s="6">
         <v>1176.4</v>
       </c>
       <c r="BA26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1236635/418385</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -3559,191 +3559,191 @@
       <c r="AQ27" s="3"/>
       <c r="AR27" s="3"/>
       <c r="AS27" s="3"/>
       <c r="AT27" s="3"/>
       <c r="AU27" s="3"/>
       <c r="AV27" s="3"/>
       <c r="AW27" s="3"/>
       <c r="AX27" s="3"/>
       <c r="AY27" s="3"/>
       <c r="AZ27" s="3"/>
       <c r="BA27" s="3"/>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">vorherrschende Baumart</t>
+            <t xml:space="preserve">specie arborea predominante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #564</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:53">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:53" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:53">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:53" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>