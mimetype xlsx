--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>predominant tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>essence dominante</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
-[...11 lines deleted...]
-    <t>larch</t>
+    <t>pas d'indication</t>
+  </si>
+  <si>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Arolla pine</t>
-[...20 lines deleted...]
-    <t>other broadleaves</t>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1236641/418391</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">predominant tree species</t>
+      <t xml:space="preserve">essence dominante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #564</t>
     </r>
   </si>
   <si>
-    <t>Main tree species with the largest basal area. For the calculation, the standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) were taken into account. Reference: Field Survey (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Essence principale qui présente la plus grande surface terrière. Les arbres et arbustes vifs sur pied à partir de 12 cm de diamètre à hauteur de poitrine (DHP) ont été pris en compte pour le calcul. Source: relevé de terrain (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1457,233 +1457,233 @@
         <v>158.8</v>
       </c>
       <c r="K26" s="6">
         <v>2</v>
       </c>
       <c r="L26" s="6">
         <v>1211.5</v>
       </c>
       <c r="M26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1236641/418391</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">predominant tree species</t>
+            <t xml:space="preserve">essence dominante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #564</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>