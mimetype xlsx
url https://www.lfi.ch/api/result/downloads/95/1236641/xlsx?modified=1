--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -17,368 +17,368 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>surface forestière</t>
-[...2 lines deleted...]
-    <t>essence dominante</t>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>specie arborea predominante</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...27 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
-[...11 lines deleted...]
-    <t>mélèze</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>arole</t>
-[...23 lines deleted...]
-    <t>total</t>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1236641/418391</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence dominante</t>
+      <t xml:space="preserve">specie arborea predominante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #564</t>
     </r>
   </si>
   <si>
-    <t>Essence principale qui présente la plus grande surface terrière. Les arbres et arbustes vifs sur pied à partir de 12 cm de diamètre à hauteur de poitrine (DHP) ont été pris en compte pour le calcul. Source: relevé de terrain (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Specie arborea principale con l'area basimetrica più grande. Per calcolarla vengono presi in considerazione gli alberi e gli arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1457,233 +1457,233 @@
         <v>158.8</v>
       </c>
       <c r="K26" s="6">
         <v>2</v>
       </c>
       <c r="L26" s="6">
         <v>1211.5</v>
       </c>
       <c r="M26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1236641/418391</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence dominante</t>
+            <t xml:space="preserve">specie arborea predominante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #564</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>