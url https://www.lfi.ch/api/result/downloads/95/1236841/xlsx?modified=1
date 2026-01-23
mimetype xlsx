--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -12,420 +12,423 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
-[...7 lines deleted...]
-    <t>predominant tree class · dominant diameter at breast height (standing-living; 5 classes)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>vorherrschende Baumartengruppe · dominanter Brusthöhendurchmesser (stehend-lebend; 5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>dominant diameter at breast height (standing-living; 5 classes)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>vorherrschende Baumartengruppe</t>
+  </si>
+  <si>
+    <t>dominanter Brusthöhendurchmesser (stehend-lebend; 5 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>&gt;60 cm</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>broadleaves</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1236841/418591</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">predominant tree class</t>
+      <t xml:space="preserve">vorherrschende Baumartengruppe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #566</t>
     </r>
   </si>
   <si>
-    <t>Tree species group (conifers or broadleaves) with the larger basal area. For the calculation, the standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) were taken into account. Reference: Field Survey (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Baumartengruppe (Nadelholz oder Laubholz) mit der grösseren Basalfläche. Für die Berechnung berücksichtigt wurden die stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Grundlage: Feldaufnahme (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominant diameter at breast height (standing-living; 5 classes)</t>
+      <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2011</t>
     </r>
   </si>
   <si>
-    <t>Mean diameter at breast height (dbh) of the 100 largest standing living trees ≥12 cm in diameter at breast height (dbh) per hectare – in five classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Mittlerer Brusthöhendurchmesser (BHD) der 100 stärksten stehenden lebenden Bäume und Sträucher ab 12 cm BHD pro Hektare in fünf Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +780,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1054,51 +1057,51 @@
       </c>
       <c r="AA12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AB12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AC12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AD12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AE12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AF12" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13" s="6">
         <v>1.3</v>
       </c>
       <c r="D13" s="6">
         <v>0.6</v>
       </c>
       <c r="E13" s="6">
         <v>1.7</v>
       </c>
       <c r="F13" s="6">
         <v>1.2</v>
       </c>
       <c r="G13" s="6">
         <v>4.3</v>
       </c>
       <c r="H13" s="6">
         <v>1.9</v>
       </c>
       <c r="I13" s="6">
         <v>0.9</v>
       </c>
       <c r="J13" s="6">
         <v>0.6</v>
       </c>
@@ -1108,573 +1111,573 @@
       <c r="L13" s="6">
         <v>0.6</v>
       </c>
       <c r="M13" s="6">
         <v>2.8</v>
       </c>
       <c r="N13" s="6">
         <v>1.6</v>
       </c>
       <c r="O13" s="6">
         <v>0.9</v>
       </c>
       <c r="P13" s="6">
         <v>0.6</v>
       </c>
       <c r="Q13" s="6">
         <v>3.8</v>
       </c>
       <c r="R13" s="6">
         <v>1.4</v>
       </c>
       <c r="S13" s="6">
         <v>0.0</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U13" s="6">
         <v>2.9</v>
       </c>
       <c r="V13" s="6">
         <v>2.1</v>
       </c>
       <c r="W13" s="6">
         <v>6.5</v>
       </c>
       <c r="X13" s="6">
         <v>2.8</v>
       </c>
       <c r="Y13" s="6">
         <v>2.2</v>
       </c>
       <c r="Z13" s="6">
         <v>0.9</v>
       </c>
       <c r="AA13" s="6">
         <v>1.4</v>
       </c>
       <c r="AB13" s="6">
         <v>0.6</v>
       </c>
       <c r="AC13" s="6">
         <v>0.5</v>
       </c>
       <c r="AD13" s="6">
         <v>0.4</v>
       </c>
       <c r="AE13" s="6">
         <v>1.7</v>
       </c>
       <c r="AF13" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="14" spans="1:32">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q14" s="6">
         <v>0.0</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S14" s="6">
         <v>0.0</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U14" s="6">
         <v>0.0</v>
       </c>
       <c r="V14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W14" s="6">
         <v>0.0</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y14" s="6">
         <v>0.0</v>
       </c>
       <c r="Z14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA14" s="6">
         <v>0.0</v>
       </c>
       <c r="AB14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC14" s="6">
         <v>0.0</v>
       </c>
       <c r="AD14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE14" s="6">
         <v>0.0</v>
       </c>
       <c r="AF14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q15" s="6">
         <v>0.0</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S15" s="6">
         <v>0.0</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U15" s="6">
         <v>0.0</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W15" s="6">
         <v>0.0</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y15" s="6">
         <v>0.0</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA15" s="6">
         <v>0.0</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC15" s="6">
         <v>0.0</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE15" s="6">
         <v>0.0</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q16" s="6">
         <v>0.0</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S16" s="6">
         <v>0.0</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U16" s="6">
         <v>0.0</v>
       </c>
       <c r="V16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W16" s="6">
         <v>0.0</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y16" s="6">
         <v>0.0</v>
       </c>
       <c r="Z16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA16" s="6">
         <v>0.0</v>
       </c>
       <c r="AB16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC16" s="6">
         <v>0.0</v>
       </c>
       <c r="AD16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE16" s="6">
         <v>0.0</v>
       </c>
       <c r="AF16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q17" s="6">
         <v>0.0</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S17" s="6">
         <v>0.0</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U17" s="6">
         <v>0.0</v>
       </c>
       <c r="V17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W17" s="6">
         <v>0.0</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y17" s="6">
         <v>0.0</v>
       </c>
       <c r="Z17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA17" s="6">
         <v>0.0</v>
       </c>
       <c r="AB17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC17" s="6">
         <v>0.0</v>
       </c>
       <c r="AD17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE17" s="6">
         <v>0.0</v>
       </c>
       <c r="AF17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:32">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q18" s="6">
         <v>0.0</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S18" s="6">
         <v>0.0</v>
       </c>
       <c r="T18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U18" s="6">
         <v>0.0</v>
       </c>
       <c r="V18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W18" s="6">
         <v>0.0</v>
       </c>
       <c r="X18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y18" s="6">
         <v>0.0</v>
       </c>
       <c r="Z18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA18" s="6">
         <v>0.0</v>
       </c>
       <c r="AB18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC18" s="6">
         <v>0.0</v>
       </c>
       <c r="AD18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE18" s="6">
         <v>0.0</v>
       </c>
       <c r="AF18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C19" s="6">
         <v>1.3</v>
       </c>
       <c r="D19" s="6">
         <v>0.6</v>
       </c>
       <c r="E19" s="6">
         <v>1.7</v>
       </c>
       <c r="F19" s="6">
         <v>1.2</v>
       </c>
       <c r="G19" s="6">
         <v>4.3</v>
       </c>
       <c r="H19" s="6">
         <v>1.9</v>
       </c>
       <c r="I19" s="6">
         <v>0.9</v>
       </c>
       <c r="J19" s="6">
         <v>0.6</v>
       </c>
@@ -1684,191 +1687,191 @@
       <c r="L19" s="6">
         <v>0.6</v>
       </c>
       <c r="M19" s="6">
         <v>2.8</v>
       </c>
       <c r="N19" s="6">
         <v>1.6</v>
       </c>
       <c r="O19" s="6">
         <v>0.9</v>
       </c>
       <c r="P19" s="6">
         <v>0.6</v>
       </c>
       <c r="Q19" s="6">
         <v>3.8</v>
       </c>
       <c r="R19" s="6">
         <v>1.4</v>
       </c>
       <c r="S19" s="6">
         <v>0.0</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U19" s="6">
         <v>2.9</v>
       </c>
       <c r="V19" s="6">
         <v>2.1</v>
       </c>
       <c r="W19" s="6">
         <v>6.5</v>
       </c>
       <c r="X19" s="6">
         <v>2.8</v>
       </c>
       <c r="Y19" s="6">
         <v>2.2</v>
       </c>
       <c r="Z19" s="6">
         <v>0.9</v>
       </c>
       <c r="AA19" s="6">
         <v>1.4</v>
       </c>
       <c r="AB19" s="6">
         <v>0.6</v>
       </c>
       <c r="AC19" s="6">
         <v>0.5</v>
       </c>
       <c r="AD19" s="6">
         <v>0.4</v>
       </c>
       <c r="AE19" s="6">
         <v>1.7</v>
       </c>
       <c r="AF19" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="A20" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I20" s="6">
         <v>0.0</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M20" s="6">
         <v>0.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O20" s="6">
         <v>0.0</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q20" s="6">
         <v>0.0</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S20" s="6">
         <v>0.0</v>
       </c>
       <c r="T20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U20" s="6">
         <v>0.0</v>
       </c>
       <c r="V20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W20" s="6">
         <v>0.0</v>
       </c>
       <c r="X20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y20" s="6">
         <v>0.0</v>
       </c>
       <c r="Z20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA20" s="6">
         <v>0.0</v>
       </c>
       <c r="AB20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC20" s="6">
         <v>0.0</v>
       </c>
       <c r="AD20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE20" s="6">
         <v>0.0</v>
       </c>
       <c r="AF20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C21" s="6">
         <v>4.4</v>
       </c>
       <c r="D21" s="6">
         <v>1.0</v>
       </c>
       <c r="E21" s="6">
         <v>7.0</v>
       </c>
       <c r="F21" s="6">
         <v>2.4</v>
       </c>
       <c r="G21" s="6">
         <v>7.7</v>
       </c>
       <c r="H21" s="6">
         <v>2.5</v>
       </c>
       <c r="I21" s="6">
         <v>9.4</v>
       </c>
       <c r="J21" s="6">
         <v>2.0</v>
       </c>
@@ -1920,51 +1923,51 @@
       <c r="Z21" s="6">
         <v>1.5</v>
       </c>
       <c r="AA21" s="6">
         <v>8.2</v>
       </c>
       <c r="AB21" s="6">
         <v>1.5</v>
       </c>
       <c r="AC21" s="6">
         <v>2.8</v>
       </c>
       <c r="AD21" s="6">
         <v>0.9</v>
       </c>
       <c r="AE21" s="6">
         <v>6.4</v>
       </c>
       <c r="AF21" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="22" spans="1:32">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C22" s="6">
         <v>11.0</v>
       </c>
       <c r="D22" s="6">
         <v>1.5</v>
       </c>
       <c r="E22" s="6">
         <v>5.0</v>
       </c>
       <c r="F22" s="6">
         <v>2.0</v>
       </c>
       <c r="G22" s="6">
         <v>7.7</v>
       </c>
       <c r="H22" s="6">
         <v>2.4</v>
       </c>
       <c r="I22" s="6">
         <v>10.2</v>
       </c>
       <c r="J22" s="6">
         <v>2.0</v>
       </c>
@@ -2016,51 +2019,51 @@
       <c r="Z22" s="6">
         <v>2.4</v>
       </c>
       <c r="AA22" s="6">
         <v>13.0</v>
       </c>
       <c r="AB22" s="6">
         <v>1.8</v>
       </c>
       <c r="AC22" s="6">
         <v>5.5</v>
       </c>
       <c r="AD22" s="6">
         <v>1.2</v>
       </c>
       <c r="AE22" s="6">
         <v>10.4</v>
       </c>
       <c r="AF22" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C23" s="6">
         <v>21.5</v>
       </c>
       <c r="D23" s="6">
         <v>2.0</v>
       </c>
       <c r="E23" s="6">
         <v>6.7</v>
       </c>
       <c r="F23" s="6">
         <v>2.3</v>
       </c>
       <c r="G23" s="6">
         <v>10.6</v>
       </c>
       <c r="H23" s="6">
         <v>2.9</v>
       </c>
       <c r="I23" s="6">
         <v>10.4</v>
       </c>
       <c r="J23" s="6">
         <v>2.0</v>
       </c>
@@ -2112,51 +2115,51 @@
       <c r="Z23" s="6">
         <v>2.5</v>
       </c>
       <c r="AA23" s="6">
         <v>30.5</v>
       </c>
       <c r="AB23" s="6">
         <v>2.5</v>
       </c>
       <c r="AC23" s="6">
         <v>11.2</v>
       </c>
       <c r="AD23" s="6">
         <v>1.7</v>
       </c>
       <c r="AE23" s="6">
         <v>17.6</v>
       </c>
       <c r="AF23" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C24" s="6">
         <v>15.1</v>
       </c>
       <c r="D24" s="6">
         <v>1.7</v>
       </c>
       <c r="E24" s="6">
         <v>5.0</v>
       </c>
       <c r="F24" s="6">
         <v>2.0</v>
       </c>
       <c r="G24" s="6">
         <v>11.9</v>
       </c>
       <c r="H24" s="6">
         <v>3.0</v>
       </c>
       <c r="I24" s="6">
         <v>13.8</v>
       </c>
       <c r="J24" s="6">
         <v>2.3</v>
       </c>
@@ -2208,51 +2211,51 @@
       <c r="Z24" s="6">
         <v>2.5</v>
       </c>
       <c r="AA24" s="6">
         <v>22.9</v>
       </c>
       <c r="AB24" s="6">
         <v>2.3</v>
       </c>
       <c r="AC24" s="6">
         <v>13.9</v>
       </c>
       <c r="AD24" s="6">
         <v>1.8</v>
       </c>
       <c r="AE24" s="6">
         <v>16.7</v>
       </c>
       <c r="AF24" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C25" s="6">
         <v>7.3</v>
       </c>
       <c r="D25" s="6">
         <v>1.3</v>
       </c>
       <c r="E25" s="6">
         <v>3.4</v>
       </c>
       <c r="F25" s="6">
         <v>1.6</v>
       </c>
       <c r="G25" s="6">
         <v>6.7</v>
       </c>
       <c r="H25" s="6">
         <v>2.3</v>
       </c>
       <c r="I25" s="6">
         <v>10.6</v>
       </c>
       <c r="J25" s="6">
         <v>2.0</v>
       </c>
@@ -2304,51 +2307,51 @@
       <c r="Z25" s="6">
         <v>1.9</v>
       </c>
       <c r="AA25" s="6">
         <v>14.0</v>
       </c>
       <c r="AB25" s="6">
         <v>1.9</v>
       </c>
       <c r="AC25" s="6">
         <v>6.6</v>
       </c>
       <c r="AD25" s="6">
         <v>1.3</v>
       </c>
       <c r="AE25" s="6">
         <v>10.5</v>
       </c>
       <c r="AF25" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="26" spans="1:32">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C26" s="6">
         <v>59.3</v>
       </c>
       <c r="D26" s="6">
         <v>2.4</v>
       </c>
       <c r="E26" s="6">
         <v>27.0</v>
       </c>
       <c r="F26" s="6">
         <v>4.1</v>
       </c>
       <c r="G26" s="6">
         <v>44.5</v>
       </c>
       <c r="H26" s="6">
         <v>4.6</v>
       </c>
       <c r="I26" s="6">
         <v>54.3</v>
       </c>
       <c r="J26" s="6">
         <v>3.3</v>
       </c>
@@ -2399,150 +2402,150 @@
       </c>
       <c r="Z26" s="6">
         <v>2.3</v>
       </c>
       <c r="AA26" s="6">
         <v>88.7</v>
       </c>
       <c r="AB26" s="6">
         <v>1.7</v>
       </c>
       <c r="AC26" s="6">
         <v>40.0</v>
       </c>
       <c r="AD26" s="6">
         <v>2.4</v>
       </c>
       <c r="AE26" s="6">
         <v>61.5</v>
       </c>
       <c r="AF26" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C27" s="6">
         <v>0.0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E27" s="6">
         <v>0.0</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G27" s="6">
         <v>0.0</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I27" s="6">
         <v>0.0</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K27" s="6">
         <v>0.0</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M27" s="6">
         <v>0.0</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O27" s="6">
         <v>0.0</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q27" s="6">
         <v>0.0</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S27" s="6">
         <v>0.0</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U27" s="6">
         <v>0.0</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W27" s="6">
         <v>0.0</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y27" s="6">
         <v>0.0</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA27" s="6">
         <v>0.0</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC27" s="6">
         <v>0.0</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE27" s="6">
         <v>0.0</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C28" s="6">
         <v>6.8</v>
       </c>
       <c r="D28" s="6">
         <v>1.2</v>
       </c>
       <c r="E28" s="6">
         <v>12.7</v>
       </c>
       <c r="F28" s="6">
         <v>3.0</v>
       </c>
       <c r="G28" s="6">
         <v>8.2</v>
       </c>
       <c r="H28" s="6">
         <v>2.6</v>
       </c>
       <c r="I28" s="6">
         <v>8.5</v>
       </c>
       <c r="J28" s="6">
         <v>1.9</v>
       </c>
@@ -2558,87 +2561,87 @@
       <c r="N28" s="6">
         <v>2.2</v>
       </c>
       <c r="O28" s="6">
         <v>3.9</v>
       </c>
       <c r="P28" s="6">
         <v>1.3</v>
       </c>
       <c r="Q28" s="6">
         <v>5.2</v>
       </c>
       <c r="R28" s="6">
         <v>1.7</v>
       </c>
       <c r="S28" s="6">
         <v>8.6</v>
       </c>
       <c r="T28" s="6">
         <v>2.3</v>
       </c>
       <c r="U28" s="6">
         <v>1.6</v>
       </c>
       <c r="V28" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W28" s="6">
         <v>5.2</v>
       </c>
       <c r="X28" s="6">
         <v>2.6</v>
       </c>
       <c r="Y28" s="6">
         <v>8.1</v>
       </c>
       <c r="Z28" s="6">
         <v>1.6</v>
       </c>
       <c r="AA28" s="6">
         <v>3.5</v>
       </c>
       <c r="AB28" s="6">
         <v>1.0</v>
       </c>
       <c r="AC28" s="6">
         <v>12.7</v>
       </c>
       <c r="AD28" s="6">
         <v>1.8</v>
       </c>
       <c r="AE28" s="6">
         <v>7.7</v>
       </c>
       <c r="AF28" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C29" s="6">
         <v>8.1</v>
       </c>
       <c r="D29" s="6">
         <v>1.3</v>
       </c>
       <c r="E29" s="6">
         <v>16.0</v>
       </c>
       <c r="F29" s="6">
         <v>3.4</v>
       </c>
       <c r="G29" s="6">
         <v>8.1</v>
       </c>
       <c r="H29" s="6">
         <v>2.6</v>
       </c>
       <c r="I29" s="6">
         <v>9.9</v>
       </c>
       <c r="J29" s="6">
         <v>2.0</v>
       </c>
@@ -2690,51 +2693,51 @@
       <c r="Z29" s="6">
         <v>1.2</v>
       </c>
       <c r="AA29" s="6">
         <v>2.1</v>
       </c>
       <c r="AB29" s="6">
         <v>0.8</v>
       </c>
       <c r="AC29" s="6">
         <v>21.6</v>
       </c>
       <c r="AD29" s="6">
         <v>2.2</v>
       </c>
       <c r="AE29" s="6">
         <v>9.2</v>
       </c>
       <c r="AF29" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="30" spans="1:32">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C30" s="6">
         <v>17.1</v>
       </c>
       <c r="D30" s="6">
         <v>1.8</v>
       </c>
       <c r="E30" s="6">
         <v>25.9</v>
       </c>
       <c r="F30" s="6">
         <v>4.0</v>
       </c>
       <c r="G30" s="6">
         <v>17.1</v>
       </c>
       <c r="H30" s="6">
         <v>3.5</v>
       </c>
       <c r="I30" s="6">
         <v>15.2</v>
       </c>
       <c r="J30" s="6">
         <v>2.4</v>
       </c>
@@ -2786,51 +2789,51 @@
       <c r="Z30" s="6">
         <v>1.1</v>
       </c>
       <c r="AA30" s="6">
         <v>2.3</v>
       </c>
       <c r="AB30" s="6">
         <v>0.8</v>
       </c>
       <c r="AC30" s="6">
         <v>14.9</v>
       </c>
       <c r="AD30" s="6">
         <v>2.0</v>
       </c>
       <c r="AE30" s="6">
         <v>11.4</v>
       </c>
       <c r="AF30" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C31" s="6">
         <v>7.0</v>
       </c>
       <c r="D31" s="6">
         <v>1.2</v>
       </c>
       <c r="E31" s="6">
         <v>14.2</v>
       </c>
       <c r="F31" s="6">
         <v>3.2</v>
       </c>
       <c r="G31" s="6">
         <v>14.2</v>
       </c>
       <c r="H31" s="6">
         <v>3.2</v>
       </c>
       <c r="I31" s="6">
         <v>8.4</v>
       </c>
       <c r="J31" s="6">
         <v>1.8</v>
       </c>
@@ -2858,171 +2861,171 @@
       <c r="R31" s="6">
         <v>1.9</v>
       </c>
       <c r="S31" s="6">
         <v>6.7</v>
       </c>
       <c r="T31" s="6">
         <v>1.9</v>
       </c>
       <c r="U31" s="6">
         <v>7.2</v>
       </c>
       <c r="V31" s="6">
         <v>3.1</v>
       </c>
       <c r="W31" s="6">
         <v>8.6</v>
       </c>
       <c r="X31" s="6">
         <v>3.1</v>
       </c>
       <c r="Y31" s="6">
         <v>0.4</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA31" s="6">
         <v>1.1</v>
       </c>
       <c r="AB31" s="6">
         <v>0.5</v>
       </c>
       <c r="AC31" s="6">
         <v>7.5</v>
       </c>
       <c r="AD31" s="6">
         <v>1.5</v>
       </c>
       <c r="AE31" s="6">
         <v>6.4</v>
       </c>
       <c r="AF31" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C32" s="6">
         <v>0.5</v>
       </c>
       <c r="D32" s="6">
         <v>0.3</v>
       </c>
       <c r="E32" s="6">
         <v>2.5</v>
       </c>
       <c r="F32" s="6">
         <v>1.4</v>
       </c>
       <c r="G32" s="6">
         <v>3.5</v>
       </c>
       <c r="H32" s="6">
         <v>1.7</v>
       </c>
       <c r="I32" s="6">
         <v>2.7</v>
       </c>
       <c r="J32" s="6">
         <v>1.1</v>
       </c>
       <c r="K32" s="6">
         <v>5.7</v>
       </c>
       <c r="L32" s="6">
         <v>1.3</v>
       </c>
       <c r="M32" s="6">
         <v>0.9</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O32" s="6">
         <v>1.8</v>
       </c>
       <c r="P32" s="6">
         <v>0.8</v>
       </c>
       <c r="Q32" s="6">
         <v>3.0</v>
       </c>
       <c r="R32" s="6">
         <v>1.2</v>
       </c>
       <c r="S32" s="6">
         <v>1.7</v>
       </c>
       <c r="T32" s="6">
         <v>1.0</v>
       </c>
       <c r="U32" s="6">
         <v>1.4</v>
       </c>
       <c r="V32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W32" s="6">
         <v>5.9</v>
       </c>
       <c r="X32" s="6">
         <v>2.5</v>
       </c>
       <c r="Y32" s="6">
         <v>0.7</v>
       </c>
       <c r="Z32" s="6">
         <v>0.5</v>
       </c>
       <c r="AA32" s="6">
         <v>0.9</v>
       </c>
       <c r="AB32" s="6">
         <v>0.5</v>
       </c>
       <c r="AC32" s="6">
         <v>2.7</v>
       </c>
       <c r="AD32" s="6">
         <v>0.9</v>
       </c>
       <c r="AE32" s="6">
         <v>2.2</v>
       </c>
       <c r="AF32" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C33" s="6">
         <v>39.4</v>
       </c>
       <c r="D33" s="6">
         <v>2.3</v>
       </c>
       <c r="E33" s="6">
         <v>71.3</v>
       </c>
       <c r="F33" s="6">
         <v>4.2</v>
       </c>
       <c r="G33" s="6">
         <v>51.2</v>
       </c>
       <c r="H33" s="6">
         <v>4.7</v>
       </c>
       <c r="I33" s="6">
         <v>44.8</v>
       </c>
       <c r="J33" s="6">
         <v>3.3</v>
       </c>
@@ -3073,54 +3076,54 @@
       </c>
       <c r="Z33" s="6">
         <v>2.2</v>
       </c>
       <c r="AA33" s="6">
         <v>9.9</v>
       </c>
       <c r="AB33" s="6">
         <v>1.6</v>
       </c>
       <c r="AC33" s="6">
         <v>59.5</v>
       </c>
       <c r="AD33" s="6">
         <v>2.4</v>
       </c>
       <c r="AE33" s="6">
         <v>36.8</v>
       </c>
       <c r="AF33" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="34" spans="1:32">
       <c r="A34" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C34" s="6">
         <v>1.3</v>
       </c>
       <c r="D34" s="6">
         <v>0.6</v>
       </c>
       <c r="E34" s="6">
         <v>1.7</v>
       </c>
       <c r="F34" s="6">
         <v>1.2</v>
       </c>
       <c r="G34" s="6">
         <v>4.3</v>
       </c>
       <c r="H34" s="6">
         <v>1.9</v>
       </c>
       <c r="I34" s="6">
         <v>0.9</v>
       </c>
       <c r="J34" s="6">
         <v>0.6</v>
       </c>
@@ -3130,93 +3133,93 @@
       <c r="L34" s="6">
         <v>0.6</v>
       </c>
       <c r="M34" s="6">
         <v>2.8</v>
       </c>
       <c r="N34" s="6">
         <v>1.6</v>
       </c>
       <c r="O34" s="6">
         <v>0.9</v>
       </c>
       <c r="P34" s="6">
         <v>0.6</v>
       </c>
       <c r="Q34" s="6">
         <v>3.8</v>
       </c>
       <c r="R34" s="6">
         <v>1.4</v>
       </c>
       <c r="S34" s="6">
         <v>0.0</v>
       </c>
       <c r="T34" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U34" s="6">
         <v>2.9</v>
       </c>
       <c r="V34" s="6">
         <v>2.1</v>
       </c>
       <c r="W34" s="6">
         <v>6.5</v>
       </c>
       <c r="X34" s="6">
         <v>2.8</v>
       </c>
       <c r="Y34" s="6">
         <v>2.2</v>
       </c>
       <c r="Z34" s="6">
         <v>0.9</v>
       </c>
       <c r="AA34" s="6">
         <v>1.4</v>
       </c>
       <c r="AB34" s="6">
         <v>0.6</v>
       </c>
       <c r="AC34" s="6">
         <v>0.5</v>
       </c>
       <c r="AD34" s="6">
         <v>0.4</v>
       </c>
       <c r="AE34" s="6">
         <v>1.7</v>
       </c>
       <c r="AF34" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C35" s="6">
         <v>11.2</v>
       </c>
       <c r="D35" s="6">
         <v>1.5</v>
       </c>
       <c r="E35" s="6">
         <v>19.7</v>
       </c>
       <c r="F35" s="6">
         <v>3.6</v>
       </c>
       <c r="G35" s="6">
         <v>15.8</v>
       </c>
       <c r="H35" s="6">
         <v>3.4</v>
       </c>
       <c r="I35" s="6">
         <v>17.9</v>
       </c>
       <c r="J35" s="6">
         <v>2.5</v>
       </c>
@@ -3268,51 +3271,51 @@
       <c r="Z35" s="6">
         <v>2.1</v>
       </c>
       <c r="AA35" s="6">
         <v>11.8</v>
       </c>
       <c r="AB35" s="6">
         <v>1.7</v>
       </c>
       <c r="AC35" s="6">
         <v>15.5</v>
       </c>
       <c r="AD35" s="6">
         <v>1.9</v>
       </c>
       <c r="AE35" s="6">
         <v>14.1</v>
       </c>
       <c r="AF35" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C36" s="6">
         <v>19.1</v>
       </c>
       <c r="D36" s="6">
         <v>1.9</v>
       </c>
       <c r="E36" s="6">
         <v>20.9</v>
       </c>
       <c r="F36" s="6">
         <v>3.7</v>
       </c>
       <c r="G36" s="6">
         <v>15.8</v>
       </c>
       <c r="H36" s="6">
         <v>3.4</v>
       </c>
       <c r="I36" s="6">
         <v>20.1</v>
       </c>
       <c r="J36" s="6">
         <v>2.7</v>
       </c>
@@ -3364,51 +3367,51 @@
       <c r="Z36" s="6">
         <v>2.6</v>
       </c>
       <c r="AA36" s="6">
         <v>15.1</v>
       </c>
       <c r="AB36" s="6">
         <v>1.9</v>
       </c>
       <c r="AC36" s="6">
         <v>27.1</v>
       </c>
       <c r="AD36" s="6">
         <v>2.4</v>
       </c>
       <c r="AE36" s="6">
         <v>19.6</v>
       </c>
       <c r="AF36" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C37" s="6">
         <v>38.6</v>
       </c>
       <c r="D37" s="6">
         <v>2.4</v>
       </c>
       <c r="E37" s="6">
         <v>32.5</v>
       </c>
       <c r="F37" s="6">
         <v>4.3</v>
       </c>
       <c r="G37" s="6">
         <v>27.7</v>
       </c>
       <c r="H37" s="6">
         <v>4.2</v>
       </c>
       <c r="I37" s="6">
         <v>25.6</v>
       </c>
       <c r="J37" s="6">
         <v>2.9</v>
       </c>
@@ -3460,51 +3463,51 @@
       <c r="Z37" s="6">
         <v>2.6</v>
       </c>
       <c r="AA37" s="6">
         <v>32.9</v>
       </c>
       <c r="AB37" s="6">
         <v>2.6</v>
       </c>
       <c r="AC37" s="6">
         <v>26.1</v>
       </c>
       <c r="AD37" s="6">
         <v>2.4</v>
       </c>
       <c r="AE37" s="6">
         <v>29.0</v>
       </c>
       <c r="AF37" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="38" spans="1:32">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C38" s="6">
         <v>22.0</v>
       </c>
       <c r="D38" s="6">
         <v>2.0</v>
       </c>
       <c r="E38" s="6">
         <v>19.3</v>
       </c>
       <c r="F38" s="6">
         <v>3.6</v>
       </c>
       <c r="G38" s="6">
         <v>26.1</v>
       </c>
       <c r="H38" s="6">
         <v>4.0</v>
       </c>
       <c r="I38" s="6">
         <v>22.2</v>
       </c>
       <c r="J38" s="6">
         <v>2.7</v>
       </c>
@@ -3556,51 +3559,51 @@
       <c r="Z38" s="6">
         <v>2.5</v>
       </c>
       <c r="AA38" s="6">
         <v>24.0</v>
       </c>
       <c r="AB38" s="6">
         <v>2.3</v>
       </c>
       <c r="AC38" s="6">
         <v>21.4</v>
       </c>
       <c r="AD38" s="6">
         <v>2.2</v>
       </c>
       <c r="AE38" s="6">
         <v>23.0</v>
       </c>
       <c r="AF38" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C39" s="6">
         <v>7.8</v>
       </c>
       <c r="D39" s="6">
         <v>1.3</v>
       </c>
       <c r="E39" s="6">
         <v>5.9</v>
       </c>
       <c r="F39" s="6">
         <v>2.1</v>
       </c>
       <c r="G39" s="6">
         <v>10.2</v>
       </c>
       <c r="H39" s="6">
         <v>2.8</v>
       </c>
       <c r="I39" s="6">
         <v>13.3</v>
       </c>
       <c r="J39" s="6">
         <v>2.2</v>
       </c>
@@ -3652,157 +3655,157 @@
       <c r="Z39" s="6">
         <v>2.0</v>
       </c>
       <c r="AA39" s="6">
         <v>14.9</v>
       </c>
       <c r="AB39" s="6">
         <v>1.9</v>
       </c>
       <c r="AC39" s="6">
         <v>9.3</v>
       </c>
       <c r="AD39" s="6">
         <v>1.6</v>
       </c>
       <c r="AE39" s="6">
         <v>12.7</v>
       </c>
       <c r="AF39" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C40" s="6">
         <v>100.0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E40" s="6">
         <v>100.0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G40" s="6">
         <v>100.0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I40" s="6">
         <v>100.0</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K40" s="6">
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q40" s="6">
         <v>100.0</v>
       </c>
       <c r="R40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S40" s="6">
         <v>100.0</v>
       </c>
       <c r="T40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U40" s="6">
         <v>100.0</v>
       </c>
       <c r="V40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W40" s="6">
         <v>100.0</v>
       </c>
       <c r="X40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y40" s="6">
         <v>100.0</v>
       </c>
       <c r="Z40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA40" s="6">
         <v>100.0</v>
       </c>
       <c r="AB40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC40" s="6">
         <v>100.0</v>
       </c>
       <c r="AD40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE40" s="6">
         <v>100.0</v>
       </c>
       <c r="AF40" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1236841/418591</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
@@ -3818,245 +3821,245 @@
       <c r="V41" s="3"/>
       <c r="W41" s="3"/>
       <c r="X41" s="3"/>
       <c r="Y41" s="3"/>
       <c r="Z41" s="3"/>
       <c r="AA41" s="3"/>
       <c r="AB41" s="3"/>
       <c r="AC41" s="3"/>
       <c r="AD41" s="3"/>
       <c r="AE41" s="3"/>
       <c r="AF41" s="3"/>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">predominant tree class</t>
+            <t xml:space="preserve">vorherrschende Baumartengruppe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #566</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:32" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="50" spans="1:32">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominant diameter at breast height (standing-living; 5 classes)</t>
+            <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2011</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:32" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:32" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:32" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:32" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>
     <mergeCell ref="A3:AF3"/>
     <mergeCell ref="A4:AF4"/>
     <mergeCell ref="A5:AF5"/>
     <mergeCell ref="A6:AF6"/>
     <mergeCell ref="A7:AF7"/>
     <mergeCell ref="A8:AF8"/>
     <mergeCell ref="C10:AF10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>