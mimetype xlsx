--- v0 (2026-01-08)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Stammzahl</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>n/ha</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1237983/419733</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,64 +703,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1058,235 +1058,235 @@
         <v>462</v>
       </c>
       <c r="M16" s="6">
         <v>4</v>
       </c>
       <c r="N16" s="6">
         <v>405</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1237983/419733</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>