--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1238517/420267</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -1778,51 +1778,51 @@
         <v>70366</v>
       </c>
       <c r="AC20" s="6">
         <v>4</v>
       </c>
       <c r="AD20" s="6">
         <v>476187</v>
       </c>
       <c r="AE20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1238517/420267</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>